--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -55,132 +55,132 @@
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="198" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="198" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9156"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C20562" w:rsidRPr="00C20562" w14:paraId="6C65111E" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:val="1162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35C1F1C6" w14:textId="77777777" w:rsidR="00C20562" w:rsidRPr="00C20562" w:rsidRDefault="00C20562" w:rsidP="00323E71">
             <w:bookmarkStart w:id="0" w:name="_Toc466022543"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0226A" w:rsidRPr="001E03E1" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="0028306D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="3042"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F059A92" w14:textId="5883F379" w:rsidR="00595C8C" w:rsidRPr="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
             <w:pPr>
               <w:pStyle w:val="InnerCoverTitle"/>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00595C8C">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR </w:t>
             </w:r>
             <w:r w:rsidR="00D60BCB">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Technical Inspection Guide (TIG)</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="72"/>
                 <w:szCs w:val="72"/>
               </w:rPr>
               <w:id w:val="1228188510"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="7C4EA414" w14:textId="1E3EA320" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="00000000" w:rsidP="001E03E1">
+              <w:p w14:paraId="7C4EA414" w14:textId="1E3EA320" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="000D744B" w:rsidP="001E03E1">
                 <w:pPr>
                   <w:pStyle w:val="CoverTitle"/>
                   <w:rPr>
                     <w:szCs w:val="90"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="72"/>
                       <w:szCs w:val="72"/>
                     </w:rPr>
                     <w:alias w:val="Document Title"/>
                     <w:tag w:val=""/>
                     <w:id w:val="-1089070423"/>
                     <w:lock w:val="sdtLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
                     </w:placeholder>
                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                     <w15:color w:val="000000"/>
                     <w15:appearance w15:val="hidden"/>
                     <w:text/>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="00BF3F10">
                       <w:rPr>
                         <w:sz w:val="72"/>
                         <w:szCs w:val="72"/>
                       </w:rPr>
                       <w:t>Type A Packag</w:t>
                     </w:r>
                     <w:r w:rsidR="008C41BA">
                       <w:rPr>
                         <w:sz w:val="72"/>
                         <w:szCs w:val="72"/>
                       </w:rPr>
                       <w:t xml:space="preserve">ing – </w:t>
                     </w:r>
                     <w:r w:rsidR="00906EEF">
                       <w:rPr>
                         <w:sz w:val="72"/>
                         <w:szCs w:val="72"/>
                       </w:rPr>
                       <w:t>Design Compliance</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:p>
@@ -436,50 +436,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00196ADB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="Issue No."/>
           <w:tag w:val=""/>
           <w:id w:val="-894428327"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="7059B6F672C24F8487D7AFF2B2EB1FE6"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
           <w:text/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00652D24">
             <w:rPr>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="19206F45" w14:textId="4B322E2F" w:rsidR="00004C16" w:rsidRPr="00196ADB" w:rsidRDefault="007A72FA" w:rsidP="00004C16">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Published</w:t>
       </w:r>
       <w:r w:rsidR="00004C16" w:rsidRPr="00196ADB">
@@ -2316,50 +2317,51 @@
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk64448648"/>
       <w:r w:rsidRPr="0002704D">
         <w:t xml:space="preserve">The carriage of dangerous goods by road and rail in Great Britain (GB), including radioactive materials, is regulated by the </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk98939092"/>
       <w:r w:rsidRPr="0002704D">
         <w:t>Carriage of Dangerous Goods and Use of Transportable Pressure Equipment Regulations 2009</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="0002704D">
         <w:t xml:space="preserve"> (Statutory Instrument 2009 No. 1348) (CDG 2009) </w:t>
       </w:r>
       <w:r w:rsidR="00CC3C36" w:rsidRPr="0002704D">
         <w:t>(Ref.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1115560921"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="005E5AA8" w:rsidRPr="0002704D">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="0044778C">
             <w:instrText xml:space="preserve">CITATION Cai \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="005E5AA8" w:rsidRPr="0002704D">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[1]</w:t>
           </w:r>
           <w:r w:rsidR="005E5AA8" w:rsidRPr="0002704D">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -2371,219 +2373,224 @@
       <w:r w:rsidRPr="0002704D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="065B8A05" w14:textId="7702C82F" w:rsidR="008A0102" w:rsidRPr="0002704D" w:rsidRDefault="005C5A0C" w:rsidP="008A0102">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="0002704D">
         <w:t>The enactment in Great Britain of the international requirements defined in both the Agreement Concerning the International Carriage of Dangerous Goods by Road (ADR) (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00F20AF7" w:rsidRPr="0002704D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2028367608"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00F248A7" w:rsidRPr="0002704D">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00A16A9D">
             <w:instrText xml:space="preserve">CITATION ADR \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00F248A7" w:rsidRPr="0002704D">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[2]</w:t>
           </w:r>
           <w:r w:rsidR="00F248A7" w:rsidRPr="0002704D">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0002704D">
         <w:t>) and Regulations concerning the International Carriage of Dangerous Goods by Rail (RID) (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00F248A7" w:rsidRPr="0002704D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2067337214"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00096F05" w:rsidRPr="0002704D">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="000F04B3">
             <w:instrText xml:space="preserve">CITATION Con \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00096F05" w:rsidRPr="0002704D">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[3]</w:t>
           </w:r>
           <w:r w:rsidR="00096F05" w:rsidRPr="0002704D">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0002704D">
         <w:t xml:space="preserve">) is via CDG 2009, Regulation 5. ADR and RID establish standards of safety which provide an acceptable level of control of the radiation, criticality and thermal hazards to persons, property and the environment that are associated with the carriage of radioactive material. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1C5882" w14:textId="401BC87F" w:rsidR="005C5A0C" w:rsidRPr="00C94F3D" w:rsidRDefault="005C5A0C" w:rsidP="008A0102">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00C94F3D">
         <w:t>These standards are based on the International Atomic Energy Agency (IAEA) Regulations for the Safe Transport of Radioactive material, 2018 Edition, IAEA Safety Standards Series No. SSR–6, IAEA, Vienna (2018) (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="008D5E4E" w:rsidRPr="00C94F3D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1941793834"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008D5E4E" w:rsidRPr="00C94F3D">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D" w:rsidRPr="00C94F3D">
             <w:instrText xml:space="preserve">CITATION 4Re \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="008D5E4E" w:rsidRPr="00C94F3D">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[4]</w:t>
           </w:r>
           <w:r w:rsidR="008D5E4E" w:rsidRPr="00C94F3D">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00C94F3D">
         <w:t xml:space="preserve">). Explanatory material can be found in “Advisory Material for the </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF20B0">
         <w:t>IAEA Regulations for the Safe Transport of Radioactive Material (201</w:t>
       </w:r>
       <w:r w:rsidR="00E258FF" w:rsidRPr="00EF20B0">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve"> Edition) SSG-26” (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00126939" w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="615640850"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00831A95" w:rsidRPr="00EF20B0">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D" w:rsidRPr="00EF20B0">
             <w:instrText xml:space="preserve">CITATION Adv \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00831A95" w:rsidRPr="00EF20B0">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="00EF20B0">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[5]</w:t>
           </w:r>
           <w:r w:rsidR="00831A95" w:rsidRPr="00EF20B0">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00EF20B0">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="008E106D" w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="006C166D" w:rsidRPr="00EF20B0">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="008A0102" w:rsidRPr="00EF20B0">
         <w:t>Format and Content of the Package Design Safety Report for the Transport of Radioactive Material</w:t>
       </w:r>
       <w:r w:rsidR="006C166D" w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve"> (2022 Edition)</w:t>
       </w:r>
       <w:r w:rsidR="005137E3" w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve"> SSG-66</w:t>
       </w:r>
       <w:r w:rsidR="00632459" w:rsidRPr="00EF20B0">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="003A0D05" w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve"> (Ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1719963508"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00831A95" w:rsidRPr="00EF20B0">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D" w:rsidRPr="00EF20B0">
             <w:instrText xml:space="preserve">CITATION For \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00831A95" w:rsidRPr="00EF20B0">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="00EF20B0">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[6]</w:t>
           </w:r>
           <w:r w:rsidR="00831A95" w:rsidRPr="00EF20B0">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="003A0D05" w:rsidRPr="00EF20B0">
         <w:t>).</w:t>
       </w:r>
     </w:p>
@@ -2608,50 +2615,51 @@
         <w:t>s to use them where appropriate.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="2A834BCF" w14:textId="5DF1760A" w:rsidR="00825715" w:rsidRDefault="005C5A0C" w:rsidP="005C5A0C">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="0002704D">
         <w:t>ONR inspects compliance with CDG 2009 (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00EA05E2" w:rsidRPr="0002704D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1494219288"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E23E2F" w:rsidRPr="0002704D">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="0044778C">
             <w:instrText xml:space="preserve">CITATION Cai \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00E23E2F" w:rsidRPr="0002704D">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[1]</w:t>
           </w:r>
           <w:r w:rsidR="00E23E2F" w:rsidRPr="0002704D">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0002704D">
         <w:t xml:space="preserve">) and the arrangements made under them, to judge the suitability of the arrangements made and the adequacy of their implementation. To support inspectors undertaking compliance inspections, ONR produces a suite of guides to assist inspectors to make regulatory judgements and decisions in relation to the adequacy of compliance, and the safety of </w:t>
       </w:r>
       <w:r w:rsidR="00975055">
@@ -2780,50 +2788,51 @@
         <w:t xml:space="preserve">This guidance provides </w:t>
       </w:r>
       <w:r>
         <w:t>inspectors with relevant good practice to help them in making informed regulatory judgments that are</w:t>
       </w:r>
       <w:r w:rsidRPr="00B17E1A">
         <w:t xml:space="preserve"> consistent </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">with </w:t>
       </w:r>
       <w:r w:rsidRPr="00B17E1A">
         <w:t>compliance inspection of CDG 2009</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="0052793E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="854463986"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00907F9B">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="0044778C">
             <w:instrText xml:space="preserve">CITATION Cai \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00907F9B">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[1]</w:t>
           </w:r>
           <w:r w:rsidR="00907F9B">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B17E1A">
@@ -3043,91 +3052,93 @@
     <w:p w14:paraId="3917E4B2" w14:textId="7D755C0F" w:rsidR="0048184A" w:rsidRPr="000146B0" w:rsidRDefault="0048184A" w:rsidP="0048184A">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk84320584"/>
       <w:r w:rsidRPr="00A01E91">
         <w:t>ADR/RID para 5.1.5.2.3 (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00E33846" w:rsidRPr="00A01E91">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:id w:val="-1750108852"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E33846">
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00A16A9D">
             <w:instrText xml:space="preserve">CITATION ADR \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00E33846">
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0028306D">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[2]</w:t>
           </w:r>
           <w:r w:rsidR="00E33846">
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004218BB" w:rsidRPr="00A01E91">
         <w:t xml:space="preserve"> &amp;</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:id w:val="1410968000"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004218BB">
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="000F04B3">
             <w:instrText xml:space="preserve">CITATION Con \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="004218BB">
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0028306D">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> [3]</w:t>
           </w:r>
           <w:r w:rsidR="004218BB">
             <w:rPr>
               <w:lang w:val="es-ES"/>
@@ -3217,50 +3228,51 @@
         <w:t xml:space="preserve">on appropriate transport management system arrangements can be found in </w:t>
       </w:r>
       <w:r w:rsidR="00655BB9" w:rsidRPr="00EF20B0">
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="009C3BB1" w:rsidRPr="00EF20B0">
         <w:t>The Management System for the Safe Transport of Radioactive Material</w:t>
       </w:r>
       <w:r w:rsidR="008E6C84" w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00655BB9" w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve">(2008 Edition), </w:t>
       </w:r>
       <w:r w:rsidR="008E6C84" w:rsidRPr="00EF20B0">
         <w:t>TS-G-1.4</w:t>
       </w:r>
       <w:r w:rsidR="00655BB9" w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve">” (Ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="550738064"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00655BB9" w:rsidRPr="00EF20B0">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00E35BB7" w:rsidRPr="00EF20B0">
             <w:instrText xml:space="preserve">CITATION The \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00655BB9" w:rsidRPr="00EF20B0">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="00EF20B0">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[7]</w:t>
           </w:r>
           <w:r w:rsidR="00655BB9" w:rsidRPr="00EF20B0">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00655BB9" w:rsidRPr="00EF20B0">
         <w:t>).</w:t>
       </w:r>
     </w:p>
@@ -3276,179 +3288,183 @@
     </w:p>
     <w:p w14:paraId="5CA02BCC" w14:textId="4AB786E7" w:rsidR="008F4926" w:rsidRPr="000146B0" w:rsidRDefault="008F4926" w:rsidP="008F4926">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00A01E91">
         <w:t>ADR/RID para 5.1.5.2.3 (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="004218BB" w:rsidRPr="00A01E91">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:id w:val="-965506572"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004218BB">
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00A16A9D">
             <w:instrText xml:space="preserve">CITATION ADR \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="004218BB">
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="00FF5A6F">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[2]</w:t>
           </w:r>
           <w:r w:rsidR="004218BB">
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004218BB" w:rsidRPr="004218BB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004218BB">
         <w:t>&amp;</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:id w:val="-318493764"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004218BB">
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="000F04B3">
             <w:instrText xml:space="preserve">CITATION Con \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="004218BB">
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="00FF5A6F">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> [3]</w:t>
           </w:r>
           <w:r w:rsidR="004218BB">
             <w:rPr>
               <w:lang w:val="es-ES"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="000146B0">
         <w:t>) is based on Para 801 of SSR-6 (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="004218BB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2085062448"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004218BB">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D">
             <w:instrText xml:space="preserve">CITATION 4Re \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="004218BB">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[4]</w:t>
           </w:r>
           <w:r w:rsidR="004218BB">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="000146B0">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00325F57">
         <w:t>. T</w:t>
       </w:r>
       <w:r w:rsidRPr="000146B0">
         <w:t>he corresponding guidance provided in SSG-26 for this paragraph identifies that package manufacturers should produce and issue to consignors a certificate of compliance that summari</w:t>
       </w:r>
       <w:r w:rsidR="00325F57">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="000146B0">
         <w:t>es the regulatory compliance of the package. Therefore, the consignor can demonstrate compliance of the package design by providing a certificate of compliance from the designer/supplier which meets the criteria defined in SSG-26 (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="004218BB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1747531484"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0070451E">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D">
             <w:instrText xml:space="preserve">CITATION Adv \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="0070451E">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[5]</w:t>
           </w:r>
           <w:r w:rsidR="0070451E">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="000146B0">
         <w:t xml:space="preserve">) Para 801.3 (see Section </w:t>
       </w:r>
       <w:r w:rsidRPr="000146B0">
@@ -3729,50 +3745,51 @@
         <w:t xml:space="preserve"> on PDSR</w:t>
       </w:r>
       <w:r w:rsidR="00AC00E9" w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve"> structure and content requirements can be found in</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E06AAA" w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r w:rsidR="00C34ECA" w:rsidRPr="00EF20B0">
         <w:t>III</w:t>
       </w:r>
       <w:r w:rsidR="00D1427A" w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve"> of SSG-66</w:t>
       </w:r>
       <w:r w:rsidR="009C1FCB" w:rsidRPr="00EF20B0">
         <w:t xml:space="preserve"> (Ref.</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1178729293"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00534008" w:rsidRPr="00EF20B0">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D" w:rsidRPr="00EF20B0">
             <w:instrText xml:space="preserve">CITATION For \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00534008" w:rsidRPr="00EF20B0">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="00EF20B0">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> [6]</w:t>
           </w:r>
           <w:r w:rsidR="00534008" w:rsidRPr="00EF20B0">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009C1FCB" w:rsidRPr="00EF20B0">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AC00E9" w:rsidRPr="00EF20B0">
@@ -3877,50 +3894,51 @@
       <w:r w:rsidRPr="000146B0">
         <w:t xml:space="preserve"> below. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09AA8FD2" w14:textId="511F642F" w:rsidR="00810B9C" w:rsidRPr="000146B0" w:rsidRDefault="00810B9C" w:rsidP="00810B9C">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="000146B0">
         <w:t>Where a certificate of compliance meets some, but not all, of the criteria defined in SSG-26 (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00A235D8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-653300081"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A235D8">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D">
             <w:instrText xml:space="preserve">CITATION Adv \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00A235D8">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[5]</w:t>
           </w:r>
           <w:r w:rsidR="00A235D8">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="000146B0">
         <w:t>) para 801.3</w:t>
       </w:r>
       <w:r w:rsidR="00F75697">
@@ -4671,79 +4689,81 @@
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="12F93D4B" w14:textId="6419B39F" w:rsidR="0051798F" w:rsidRDefault="0051798F" w:rsidP="0051798F">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
         <w:t>Although ADR/RID (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00D35C91">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="24681635"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D35C91">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00A16A9D">
             <w:instrText xml:space="preserve">CITATION ADR \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00D35C91">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[2]</w:t>
           </w:r>
           <w:r w:rsidR="00D35C91">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D35C91">
         <w:t xml:space="preserve"> &amp;</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-933364213"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D35C91">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="000F04B3">
             <w:instrText xml:space="preserve">CITATION Con \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00D35C91">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[3]</w:t>
           </w:r>
           <w:r w:rsidR="00D35C91">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -4831,50 +4851,51 @@
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
         <w:t>ONR expects</w:t>
       </w:r>
       <w:r w:rsidR="008C6F42">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>in accordance with CDG09 Regulation 5</w:t>
       </w:r>
       <w:r w:rsidR="00BF7273">
         <w:t xml:space="preserve"> (Ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-119913404"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BF7273">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00BF7273">
             <w:instrText xml:space="preserve"> CITATION Cai \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00BF7273">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00BF7273" w:rsidRPr="00660455">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[1]</w:t>
           </w:r>
           <w:r w:rsidR="00BF7273">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008C6F42">
         <w:t>),</w:t>
       </w:r>
       <w:r>
@@ -4968,79 +4989,81 @@
         <w:t xml:space="preserve">should be implemented as part of an </w:t>
       </w:r>
       <w:r w:rsidR="00894324">
         <w:t>appropriate</w:t>
       </w:r>
       <w:r w:rsidR="0021310B">
         <w:t xml:space="preserve"> management system</w:t>
       </w:r>
       <w:r w:rsidR="00894324">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D426D4">
         <w:t xml:space="preserve">in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="00894324">
         <w:t xml:space="preserve">ADR/RID </w:t>
       </w:r>
       <w:r w:rsidR="0024676F">
         <w:t xml:space="preserve">(Ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1364052951"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0024676F">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="0024676F">
             <w:instrText xml:space="preserve"> CITATION ADR \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="0024676F">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0024676F" w:rsidRPr="00660455">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[2]</w:t>
           </w:r>
           <w:r w:rsidR="0024676F">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0024676F">
         <w:t xml:space="preserve"> &amp;</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1356962676"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0024676F">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="0024676F">
             <w:instrText xml:space="preserve"> CITATION Con \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="0024676F">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0024676F">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="0024676F" w:rsidRPr="00660455">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[3]</w:t>
           </w:r>
           <w:r w:rsidR="0024676F">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -5078,122 +5101,125 @@
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
         <w:t>ONR expects</w:t>
       </w:r>
       <w:r w:rsidR="008C6F42">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>following the guidance in SSG-26 (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00D35C91">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1834062339"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D35C91">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D">
             <w:instrText xml:space="preserve">CITATION Adv \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00D35C91">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[5]</w:t>
           </w:r>
           <w:r w:rsidR="00D35C91">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>) para 801.1, that designers of packages compile a set of documentation that demonstrates compliance of the package to the regulations. Where the package compliance is reliant on additional components that are not supplied with the packaging (e.g. glass vials, tape, etc.) then the specification of those components must be provided in a way that enables the consignor to demonstrate that they are to an appropriate standard.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1949088A" w14:textId="3F0AE55A" w:rsidR="0051798F" w:rsidRDefault="0051798F" w:rsidP="0051798F">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Documentation should be presented in a systematic manner providing clear statements with suitable evidence to demonstrate compliance against all relevant requirements of ADR/RID (Ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="137779548"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00720642">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00A16A9D">
             <w:instrText xml:space="preserve">CITATION ADR \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00720642">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[2]</w:t>
           </w:r>
           <w:r w:rsidR="00720642">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00720642">
         <w:t xml:space="preserve"> &amp;</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="104089113"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00720642">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="000F04B3">
             <w:instrText xml:space="preserve">CITATION Con \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00720642">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[3]</w:t>
           </w:r>
           <w:r w:rsidR="00720642">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
@@ -5283,50 +5309,51 @@
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="772DA2CD" w14:textId="78BD13D5" w:rsidR="008F4353" w:rsidRDefault="008F4353" w:rsidP="008F4353">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
         <w:t>The designer of a package should (following the guidance in SSG-26 (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00720642">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1192835221"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00720642">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D">
             <w:instrText xml:space="preserve">CITATION Adv \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00720642">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[5]</w:t>
           </w:r>
           <w:r w:rsidR="00720642">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve">) para 801.3) produce a certificate summarising the compliance of the package (see Section </w:t>
       </w:r>
       <w:r>
@@ -5711,50 +5738,51 @@
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="78EBC54C" w14:textId="747E4AAF" w:rsidR="0061061E" w:rsidRDefault="0061061E" w:rsidP="0061061E">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
         <w:t>The following section will address clarifications of aspects of the SSR-6 (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00755DDB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="771516799"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00755DDB">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D">
             <w:instrText xml:space="preserve">CITATION 4Re \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00755DDB">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[4]</w:t>
           </w:r>
           <w:r w:rsidR="00755DDB">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>) requirements</w:t>
       </w:r>
       <w:r w:rsidR="000C684A">
@@ -5866,100 +5894,102 @@
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="4DDCB87E" w14:textId="78D56D34" w:rsidR="00606B7F" w:rsidRDefault="00606B7F" w:rsidP="00606B7F">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
         <w:t>SSG-26 (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00755DDB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="499699370"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00755DDB">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D">
             <w:instrText xml:space="preserve">CITATION Adv \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00755DDB">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[5]</w:t>
           </w:r>
           <w:r w:rsidR="00755DDB">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>) para 801.3 gives guidance on the contents of the certificate of compliance for packages that do not require competent authority approval. ONR considers this to be the minimum acceptable level of information that should be provided to a consignor by the designer/supplier of packaging. The format of a certificate of compliance is not fixed, but the information provided should be clear and easy to read</w:t>
       </w:r>
       <w:r w:rsidR="00F47792">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="279EA586" w14:textId="76A34D00" w:rsidR="00606B7F" w:rsidRDefault="00606B7F" w:rsidP="00606B7F">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>The following section gives supplementary guidance on ONR’s expectations with regards to the contents of the certificate of compliance, which should be considered in conjunction with SSG-26 (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00755DDB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="857854924"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00755DDB">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D">
             <w:instrText xml:space="preserve">CITATION Adv \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00755DDB">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[5]</w:t>
           </w:r>
           <w:r w:rsidR="00755DDB">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>) para 801.3.</w:t>
       </w:r>
     </w:p>
@@ -5974,50 +6004,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00BE22B8">
         <w:t>SSG-26 para 801.3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B313803" w14:textId="24DF9D53" w:rsidR="00606B7F" w:rsidRPr="00BE22B8" w:rsidRDefault="00606B7F" w:rsidP="00606B7F">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BE22B8">
         <w:t xml:space="preserve">Type of Package – this should be in accordance with SSR-6 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(Ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-141969665"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="008A534D">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D">
             <w:instrText xml:space="preserve">CITATION 4Re \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="008A534D">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[4]</w:t>
           </w:r>
           <w:r w:rsidR="008A534D">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE22B8">
@@ -6279,50 +6310,51 @@
     </w:p>
     <w:p w14:paraId="3D36716E" w14:textId="64F138CA" w:rsidR="005F75AF" w:rsidRDefault="005F75AF" w:rsidP="005F75AF">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The documentary evidence provided to demonstrate compliance of a package with the regulations is normally considered to consist of a primary document summarising the requirements and general details relating to compliance demonstration with relevant references to evidence and supporting documents where required. This primary document </w:t>
       </w:r>
       <w:r w:rsidR="004E26F0">
         <w:t>can be</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> referred to as the Package Design Safety Report (PDSR) and if produced according to guidance will provide the basis of a “safety dossier” as identified in SSG-26 (Ref. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1984076256"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004F7C6B">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D">
             <w:instrText xml:space="preserve">CITATION Adv \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="004F7C6B">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[5]</w:t>
           </w:r>
           <w:r w:rsidR="004F7C6B">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t>) para 801.1</w:t>
       </w:r>
       <w:r w:rsidR="001110CF">
@@ -6340,50 +6372,51 @@
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
         <w:t>Appendix</w:t>
       </w:r>
       <w:r w:rsidR="006F12BA">
         <w:t xml:space="preserve"> III of</w:t>
       </w:r>
       <w:r w:rsidR="000201A6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B63363">
         <w:t>SSG-66</w:t>
       </w:r>
       <w:r w:rsidR="002B5CEE">
         <w:t xml:space="preserve"> (Ref.</w:t>
       </w:r>
       <w:r w:rsidR="00B05AEE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="418753050"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B05AEE">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D">
             <w:instrText xml:space="preserve">CITATION For \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00B05AEE">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[6]</w:t>
           </w:r>
           <w:r w:rsidR="00B05AEE">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00B05AEE">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00D37F20">
@@ -6429,50 +6462,51 @@
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_Ref94183171"/>
       <w:r>
         <w:t>ONR has</w:t>
       </w:r>
       <w:r w:rsidR="00CC64A7">
         <w:t xml:space="preserve"> also</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> produced guidance for applicants relating to packages requiring competent authority approval</w:t>
       </w:r>
       <w:r w:rsidR="005F1F73">
         <w:t xml:space="preserve"> (Ref</w:t>
       </w:r>
       <w:r w:rsidR="004F7C6B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1352607218"/>
           <w:citation/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FC31CC">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00C94F3D">
             <w:instrText xml:space="preserve">CITATION Gui \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00FC31CC">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0044778C" w:rsidRPr="0044778C">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[8]</w:t>
           </w:r>
           <w:r w:rsidR="00FC31CC">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00633E5A">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="005F1F73">
@@ -6498,68 +6532,70 @@
       <w:r>
         <w:t>Although not written to support Type A package documentation specifically</w:t>
       </w:r>
       <w:r w:rsidR="00692343">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the guidance given in Section 2 of TRA-PER-GD-014 provides a useful baseline for the expectations for documentary evidence for Type A packages.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:bookmarkStart w:id="42" w:name="_Toc199744561" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-652758001"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Bibliographies"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="5F37DAE5" w14:textId="0CC43B09" w:rsidR="002042C2" w:rsidRDefault="0094625A" w:rsidP="0094625A">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
           </w:pPr>
           <w:r>
             <w:t>R</w:t>
           </w:r>
           <w:r w:rsidR="002042C2">
             <w:t>eferences</w:t>
           </w:r>
           <w:bookmarkEnd w:id="42"/>
         </w:p>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-573587230"/>
             <w:bibliography/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:p w14:paraId="7CAD0D65" w14:textId="77777777" w:rsidR="0044778C" w:rsidRDefault="002042C2" w:rsidP="002042C2">
               <w:pPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
                 </w:rPr>
               </w:pPr>
               <w:r>
                 <w:fldChar w:fldCharType="begin"/>
               </w:r>
               <w:r>
                 <w:instrText xml:space="preserve"> BIBLIOGRAPHY </w:instrText>
               </w:r>
               <w:r>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
             </w:p>
             <w:tbl>
               <w:tblPr>
                 <w:tblW w:w="5000" w:type="pct"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
@@ -7506,105 +7542,107 @@
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2346A3E0" w14:textId="77777777" w:rsidR="00CE6198" w:rsidRDefault="00CE6198" w:rsidP="00091EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F8800CF" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47FFC75F" w14:textId="38F6BC7A" w:rsidR="00177666" w:rsidRPr="00196ADB" w:rsidRDefault="00000000" w:rsidP="009E0E52">
+  <w:p w14:paraId="47FFC75F" w14:textId="38F6BC7A" w:rsidR="00177666" w:rsidRPr="00196ADB" w:rsidRDefault="000D744B" w:rsidP="009E0E52">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-545993998"/>
         <w:placeholder>
           <w:docPart w:val="71855CAFCD0440C4880AB5CD94A60020"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00906EEF">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Type A Packaging – Design Compliance</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="004E3932" w:rsidRPr="00196ADB">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> | Issue: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-1486926938"/>
         <w:placeholder>
           <w:docPart w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00652D24">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A4B08F86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
@@ -9827,51 +9865,50 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="2004047383">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="557932696">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="229266020">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1527862544">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="2120710819">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="2020767696">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -9923,50 +9960,51 @@
     <w:rsid w:val="000817D4"/>
     <w:rsid w:val="00082879"/>
     <w:rsid w:val="000833D5"/>
     <w:rsid w:val="00083FF9"/>
     <w:rsid w:val="0009063D"/>
     <w:rsid w:val="00091EEA"/>
     <w:rsid w:val="0009225F"/>
     <w:rsid w:val="0009354D"/>
     <w:rsid w:val="0009502F"/>
     <w:rsid w:val="0009574A"/>
     <w:rsid w:val="00096F05"/>
     <w:rsid w:val="000A0B4F"/>
     <w:rsid w:val="000A105C"/>
     <w:rsid w:val="000A2D7D"/>
     <w:rsid w:val="000B37B2"/>
     <w:rsid w:val="000B52EB"/>
     <w:rsid w:val="000C2C56"/>
     <w:rsid w:val="000C2DDC"/>
     <w:rsid w:val="000C5F5A"/>
     <w:rsid w:val="000C6399"/>
     <w:rsid w:val="000C684A"/>
     <w:rsid w:val="000D2FD4"/>
     <w:rsid w:val="000D3232"/>
     <w:rsid w:val="000D4600"/>
     <w:rsid w:val="000D6372"/>
+    <w:rsid w:val="000D744B"/>
     <w:rsid w:val="000E2E26"/>
     <w:rsid w:val="000E64F9"/>
     <w:rsid w:val="000F04B3"/>
     <w:rsid w:val="000F1B7B"/>
     <w:rsid w:val="000F2ED4"/>
     <w:rsid w:val="001028E8"/>
     <w:rsid w:val="00103043"/>
     <w:rsid w:val="001058BF"/>
     <w:rsid w:val="001063B8"/>
     <w:rsid w:val="001070A6"/>
     <w:rsid w:val="001075D5"/>
     <w:rsid w:val="00107F68"/>
     <w:rsid w:val="001110CF"/>
     <w:rsid w:val="0011618A"/>
     <w:rsid w:val="00122FCC"/>
     <w:rsid w:val="00124C2B"/>
     <w:rsid w:val="00125C17"/>
     <w:rsid w:val="00126752"/>
     <w:rsid w:val="00126939"/>
     <w:rsid w:val="00130690"/>
     <w:rsid w:val="00130B30"/>
     <w:rsid w:val="00134337"/>
     <w:rsid w:val="00134924"/>
     <w:rsid w:val="00136FD9"/>
     <w:rsid w:val="00140E1C"/>
@@ -10078,50 +10116,51 @@
     <w:rsid w:val="002E0BE4"/>
     <w:rsid w:val="002E3B58"/>
     <w:rsid w:val="002E3E8A"/>
     <w:rsid w:val="002E532F"/>
     <w:rsid w:val="002E6A6A"/>
     <w:rsid w:val="002F00CF"/>
     <w:rsid w:val="002F10F9"/>
     <w:rsid w:val="002F3397"/>
     <w:rsid w:val="0030132C"/>
     <w:rsid w:val="0030254D"/>
     <w:rsid w:val="0030380D"/>
     <w:rsid w:val="00303A7B"/>
     <w:rsid w:val="003063DC"/>
     <w:rsid w:val="00306C1D"/>
     <w:rsid w:val="00310055"/>
     <w:rsid w:val="00312411"/>
     <w:rsid w:val="00317509"/>
     <w:rsid w:val="00323E71"/>
     <w:rsid w:val="00325F57"/>
     <w:rsid w:val="00326F77"/>
     <w:rsid w:val="003326DB"/>
     <w:rsid w:val="00333C4A"/>
     <w:rsid w:val="0033428B"/>
     <w:rsid w:val="003401B0"/>
     <w:rsid w:val="003436EA"/>
+    <w:rsid w:val="003437CA"/>
     <w:rsid w:val="003439B0"/>
     <w:rsid w:val="00345B2E"/>
     <w:rsid w:val="00345D54"/>
     <w:rsid w:val="00346C8E"/>
     <w:rsid w:val="003516CB"/>
     <w:rsid w:val="00352F50"/>
     <w:rsid w:val="00353C0E"/>
     <w:rsid w:val="00360ACE"/>
     <w:rsid w:val="003629A3"/>
     <w:rsid w:val="00363A86"/>
     <w:rsid w:val="00367AEB"/>
     <w:rsid w:val="00367BD5"/>
     <w:rsid w:val="003713B0"/>
     <w:rsid w:val="0037453B"/>
     <w:rsid w:val="003752EF"/>
     <w:rsid w:val="0037626D"/>
     <w:rsid w:val="0038291C"/>
     <w:rsid w:val="00382964"/>
     <w:rsid w:val="00387F4E"/>
     <w:rsid w:val="00390327"/>
     <w:rsid w:val="003904C0"/>
     <w:rsid w:val="0039177D"/>
     <w:rsid w:val="00391F10"/>
     <w:rsid w:val="0039200F"/>
     <w:rsid w:val="00393B78"/>
@@ -19905,50 +19944,51 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00350199"/>
     <w:rsid w:val="00021559"/>
     <w:rsid w:val="00094B95"/>
     <w:rsid w:val="001101B7"/>
     <w:rsid w:val="00183F29"/>
     <w:rsid w:val="001C476B"/>
     <w:rsid w:val="001E31D2"/>
     <w:rsid w:val="002550FD"/>
     <w:rsid w:val="00303A7B"/>
     <w:rsid w:val="00333F8E"/>
+    <w:rsid w:val="003437CA"/>
     <w:rsid w:val="00350199"/>
     <w:rsid w:val="0039200F"/>
     <w:rsid w:val="00393DBF"/>
     <w:rsid w:val="003B432F"/>
     <w:rsid w:val="0042049A"/>
     <w:rsid w:val="005735E2"/>
     <w:rsid w:val="005B197E"/>
     <w:rsid w:val="005F5698"/>
     <w:rsid w:val="00616CE9"/>
     <w:rsid w:val="00630CA0"/>
     <w:rsid w:val="0064519F"/>
     <w:rsid w:val="00657812"/>
     <w:rsid w:val="006658E0"/>
     <w:rsid w:val="006770A5"/>
     <w:rsid w:val="00714132"/>
     <w:rsid w:val="007154C5"/>
     <w:rsid w:val="00764F6F"/>
     <w:rsid w:val="00791567"/>
     <w:rsid w:val="008169DF"/>
     <w:rsid w:val="0083336C"/>
     <w:rsid w:val="00835E07"/>
     <w:rsid w:val="00882666"/>
     <w:rsid w:val="008C5386"/>
     <w:rsid w:val="008E30AA"/>
     <w:rsid w:val="008F41ED"/>