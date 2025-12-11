--- v0 (2025-10-27)
+++ v1 (2025-12-11)
@@ -1,192 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="198" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="198" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9156"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C20562" w:rsidRPr="00C20562" w14:paraId="6C65111E" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:val="1162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35C1F1C6" w14:textId="77777777" w:rsidR="00C20562" w:rsidRPr="00C20562" w:rsidRDefault="00C20562" w:rsidP="00323E71">
             <w:bookmarkStart w:id="0" w:name="_Toc466022543"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0226A" w:rsidRPr="001E03E1" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="00881B6F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2778"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9156" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F059A92" w14:textId="5883F379" w:rsidR="00595C8C" w:rsidRPr="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
             <w:pPr>
               <w:pStyle w:val="InnerCoverTitle"/>
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00595C8C">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR </w:t>
             </w:r>
             <w:r w:rsidR="00D60BCB">
               <w:rPr>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Technical Inspection Guide (TIG)</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="72"/>
                 <w:szCs w:val="72"/>
               </w:rPr>
               <w:id w:val="1228188510"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="7C4EA414" w14:textId="41AAFBF4" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="00CB012D" w:rsidP="001E03E1">
+              <w:p w14:paraId="7C4EA414" w14:textId="309FB87D" w:rsidR="00D0226A" w:rsidRPr="001E03E1" w:rsidRDefault="00000000" w:rsidP="001E03E1">
                 <w:pPr>
                   <w:pStyle w:val="CoverTitle"/>
                   <w:rPr>
                     <w:szCs w:val="90"/>
                   </w:rPr>
                 </w:pPr>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:sz w:val="72"/>
                       <w:szCs w:val="72"/>
                     </w:rPr>
                     <w:alias w:val="Document Title"/>
                     <w:tag w:val=""/>
                     <w:id w:val="-1089070423"/>
                     <w:lock w:val="sdtLocked"/>
                     <w:placeholder>
                       <w:docPart w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
                     </w:placeholder>
                     <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
                     <w15:color w:val="000000"/>
                     <w15:appearance w15:val="hidden"/>
                     <w:text/>
                   </w:sdtPr>
-                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="00535B94" w:rsidRPr="00535B94">
                       <w:rPr>
                         <w:sz w:val="72"/>
                         <w:szCs w:val="72"/>
                       </w:rPr>
-                      <w:t>LC 8 Warning Notices</w:t>
+                      <w:t>LC8 Warning Notices</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56A09D10" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRDefault="00D0226A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AB6425B" w14:textId="77777777" w:rsidR="00D0226A" w:rsidRDefault="00881B6F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10B0A4AA" wp14:editId="237341DD">
             <wp:simplePos x="685800" y="914400"/>
@@ -201,2272 +202,1802 @@
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7568280" cy="10692360"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1C8B33" w14:textId="77777777" w:rsidR="00267815" w:rsidRDefault="00267815">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A29B4CB" w14:textId="77777777" w:rsidR="00B23A5E" w:rsidRPr="00595C8C" w:rsidRDefault="00B23A5E" w:rsidP="00B23A5E">
-[...514 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="1FDB4B56" w14:textId="6C10B266" w:rsidR="00595C8C" w:rsidRDefault="00595C8C" w:rsidP="00323E71">
       <w:pPr>
         <w:sectPr w:rsidR="00595C8C" w:rsidSect="00B23A5E">
-          <w:headerReference w:type="default" r:id="rId11"/>
-          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43A875A4" w14:textId="7F61F835" w:rsidR="008D49A5" w:rsidRPr="00223090" w:rsidRDefault="008D49A5" w:rsidP="00223090">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc161657566"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00223090">
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="4DE1980B" w14:textId="566DD4A3" w:rsidR="008D49A5" w:rsidRDefault="000C5F5A" w:rsidP="00C963E6">
+    <w:p w14:paraId="2DD746A8" w14:textId="77777777" w:rsidR="00D03B46" w:rsidRDefault="00BD5BFA" w:rsidP="00A73A52">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
-        <w:numPr>
-[...14 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
-        <w:t>y.</w:t>
+        <w:t xml:space="preserve">Technical Inspection Guides (TIGs) assist inspectors in making regulatory judgments and providing advice on Licence Conditions (LCs). Most LCs are </w:t>
+      </w:r>
+      <w:r w:rsidR="0048438B">
+        <w:t>goal setting</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, leaving the specifics of arrangements to the dutyholder, who is ultimately responsible for safety. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E5E9C5D" w14:textId="71B36A1C" w:rsidR="00535B94" w:rsidRDefault="00535B94" w:rsidP="00535B94">
+    <w:p w14:paraId="65F4E171" w14:textId="05614AC4" w:rsidR="00BD5BFA" w:rsidRDefault="00BD5BFA" w:rsidP="00EB2E0F">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
       <w:r>
-        <w:t>License Condition (LC) 8 (and the related LC 9) are more prescriptive as they use the term ‘shall ensure that suitable and sufficient notices are kept on site…’.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00514A2A">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00495B48">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83B76">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00D03B46">
+        <w:t xml:space="preserve">however </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">It is therefore important that ONR and the licensee are clear as to the type of warning notice/signal that is included within LC 8. </w:t>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidR="00495B48">
+        <w:t>es</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> not formally require the licensee to make and implement adequate arrangements, along with LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5716A">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1315368281"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00241131">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00A73A52">
+            <w:instrText xml:space="preserve">CITATION ONR21 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00241131">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00A73A52" w:rsidRPr="00A73A52">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[1]</w:t>
+          </w:r>
+          <w:r w:rsidR="00241131">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve">, is more prescriptive, using the term ‘shall ensure’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CD013B" w14:textId="77777777" w:rsidR="009E0E52" w:rsidRDefault="00535B94" w:rsidP="00535B94">
+    <w:p w14:paraId="7E7995C5" w14:textId="6844F0C2" w:rsidR="00BD5BFA" w:rsidRDefault="00BD5BFA" w:rsidP="00826134">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="008172D0">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>Technical Inspection Guide (TIG)</w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+        <w:t>This guidance provides a framework for inspectors to judge compliance with LC</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21C27">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00954FA5">
+        <w:t>Warning Notices</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, it is neither exhaustive nor mandatory.</w:t>
+      </w:r>
+      <w:r w:rsidR="00826134">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00826134" w:rsidRPr="00826134">
+        <w:t>It is closely related to LC9 (Instructions to persons on the site) and LC11 (Emergency arrangements)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF185E">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="479FB136" w14:textId="77777777" w:rsidR="00535B94" w:rsidRDefault="00535B94" w:rsidP="00514A2A">
+    <w:p w14:paraId="392A17E4" w14:textId="516FA44D" w:rsidR="005B5898" w:rsidRDefault="00BD5BFA" w:rsidP="00EB1A65">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Inspectors should also refer to the ONR procedure on Risk-Informed and Targeted Engagements (RITE) </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="2008326161"/>
+          <w:citation/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00C84317">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00A73A52">
+            <w:instrText xml:space="preserve">CITATION ONR22 \l 2057 </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00C84317">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00A73A52" w:rsidRPr="00A73A52">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>[2]</w:t>
+          </w:r>
+          <w:r w:rsidR="00C84317">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t>, which guides risk-based prioritisation in regulatory interventions and supports decisions on engaging with dutyholders.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D625A62" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A73A52">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="099E2D3F" w14:textId="77777777" w:rsidR="00514A2A" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
+    <w:p w14:paraId="74D0C104" w14:textId="21D8CC14" w:rsidR="007628EB" w:rsidRDefault="007628EB" w:rsidP="00514A2A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc161657567"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc161657567"/>
       <w:r>
-        <w:t>Purpose and scope</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t>LC8</w:t>
+      </w:r>
+      <w:r w:rsidR="00F710F0">
+        <w:t xml:space="preserve"> – Warning Notices</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="143A7C64" w14:textId="228BFB7A" w:rsidR="00514A2A" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
+    <w:p w14:paraId="1CE040E2" w14:textId="4ADA13F1" w:rsidR="00F710F0" w:rsidRDefault="002C4CAC" w:rsidP="00F710F0">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="00745573">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>ion activities carried out by</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="008F4458">
+        <w:t>licensee shall ensure that suitable and sufficient notices are kept on site for the purposes of informing persons</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF649D">
+        <w:t xml:space="preserve"> thereon of each of the following matters, </w:t>
+      </w:r>
+      <w:r w:rsidR="0048438B">
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF649D">
+        <w:t xml:space="preserve"> is to say:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="237712C7" w14:textId="329EFEF1" w:rsidR="00CF649D" w:rsidRDefault="00DA4DD7" w:rsidP="00CF649D">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00550ED0">
+        <w:t>he meaning of any warning signal used on the site;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC2C4FC" w14:textId="6266BCF2" w:rsidR="00550ED0" w:rsidRDefault="00DA4DD7" w:rsidP="00CF649D">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
-        <w:t>their</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0042228B">
+        <w:t>he location of any exit from any place on the site, being an exit provided for use in the event of an emergency</w:t>
+      </w:r>
+      <w:r w:rsidR="00675D87">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7662DAE6" w14:textId="2B1D253A" w:rsidR="00675D87" w:rsidRDefault="00DA4DD7" w:rsidP="00CF649D">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00675D87">
+        <w:t>he measures to be taken by such persons in the event of fire breaking out on the site or in the event of any other emergency</w:t>
+      </w:r>
+      <w:r w:rsidR="004607F9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C2CC24" w14:textId="77777777" w:rsidR="00514A2A" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
-[...84 lines deleted...]
-    <w:p w14:paraId="7F95CCE2" w14:textId="77777777" w:rsidR="00514A2A" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
+    <w:p w14:paraId="6197AFC5" w14:textId="4F45B30C" w:rsidR="004607F9" w:rsidRPr="00F710F0" w:rsidRDefault="00DA4DD7" w:rsidP="00DA4DD7">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r>
-        <w:t>The licensee shall ensure that suitable and sufficient notices are kept on site for the purposes of informing persons thereon of each of the following matters, that is to say:</w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="004607F9">
+        <w:t xml:space="preserve">nd that such notices are kept posted in such positions </w:t>
+      </w:r>
+      <w:r w:rsidR="00E34491">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in such characters as to be conveniently read by those persons.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E1FF2D" w14:textId="2356D86A" w:rsidR="00514A2A" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
-[...47 lines deleted...]
-    <w:p w14:paraId="19CBAE12" w14:textId="1BA4272D" w:rsidR="00140E1C" w:rsidRDefault="00D60BCB" w:rsidP="00D60BCB">
+    <w:p w14:paraId="650F68D3" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00514A2A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...751 lines deleted...]
-        <w:sectPr w:rsidR="00514A2A" w:rsidSect="00B23A5E">
+        <w:sectPr w:rsidR="00A73A52" w:rsidSect="00B23A5E">
+          <w:headerReference w:type="even" r:id="rId18"/>
+          <w:headerReference w:type="default" r:id="rId19"/>
+          <w:footerReference w:type="even" r:id="rId20"/>
+          <w:footerReference w:type="default" r:id="rId21"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="531C29F5" w14:textId="416AE1A8" w:rsidR="00514A2A" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
+    <w:p w14:paraId="099E2D3F" w14:textId="689869AC" w:rsidR="00514A2A" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Purpose and </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00A73A52">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E2A">
+        <w:t>utcomes of LC8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C481A88" w14:textId="75DCD1B3" w:rsidR="00B64D5E" w:rsidRDefault="0036542E" w:rsidP="00B64D5E">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="00002031">
-[...2 lines deleted...]
-      </w:r>
       <w:r>
+        <w:t xml:space="preserve">The purpose of LC8 is to ensure the safety of all people on the site in respect </w:t>
+      </w:r>
+      <w:r w:rsidR="00287420">
+        <w:t>of their ability to be able to respond appropriately and without delay to an incident or emergency situation</w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A" w:rsidRPr="00514A2A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD45079" w14:textId="1851EDD0" w:rsidR="00B64D5E" w:rsidRDefault="00967C06" w:rsidP="00B64D5E">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The regulatory outcomes</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1591">
+        <w:t xml:space="preserve"> being sought </w:t>
+      </w:r>
+      <w:r w:rsidR="00A91599">
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2FCE">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54001759" w14:textId="7AC7AFC6" w:rsidR="00BB2FCE" w:rsidRDefault="00EF42F1" w:rsidP="00BB2FCE">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Warning notices are </w:t>
+      </w:r>
+      <w:r w:rsidR="00D30E54">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00464074">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00002031">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00BF4109">
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:r w:rsidR="00464074">
+        <w:t xml:space="preserve"> places to advise people what to do or what to avoid </w:t>
+      </w:r>
+      <w:r w:rsidR="00703FA4">
+        <w:t xml:space="preserve">in that area in the event of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1235F">
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidR="00703FA4">
+        <w:t xml:space="preserve"> emergency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F478EE" w14:textId="5C0CB61F" w:rsidR="00CE6094" w:rsidRDefault="006B53CE" w:rsidP="00CE6094">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
       <w:r>
+        <w:t>Warning notices and signals are</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6094">
+        <w:t xml:space="preserve"> sufficient to enable persons in the event of an emergency to respond in the right way and without undue delay.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF38C42" w14:textId="7859396A" w:rsidR="00703FA4" w:rsidRDefault="00B90324" w:rsidP="0048283F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Warning notices and signals have </w:t>
+      </w:r>
+      <w:r w:rsidR="001C3EC4">
+        <w:t>been</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3EB9">
+        <w:t xml:space="preserve"> determine</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3EC4">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3EB9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00002031">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="001C3EC4">
+        <w:t xml:space="preserve">from </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3EB9">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="007903CC">
+        <w:t xml:space="preserve">relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3EB9">
+        <w:t xml:space="preserve">hazards </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15F2F">
+        <w:t xml:space="preserve">(from on and </w:t>
+      </w:r>
+      <w:r w:rsidR="0002540F">
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidR="0019565B">
+        <w:t>adjacent</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15F2F">
+        <w:t xml:space="preserve"> site) </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC3EB9">
+        <w:t xml:space="preserve">under normal </w:t>
+      </w:r>
+      <w:r w:rsidR="00154A07">
+        <w:t>operations and potential emergencies</w:t>
+      </w:r>
+      <w:r w:rsidR="00582314">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA64600" w14:textId="5E9B575A" w:rsidR="00CE6094" w:rsidRDefault="00867AB2" w:rsidP="0048283F">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
       <w:r>
+        <w:t>Warning notices</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6094" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve"> mark exit routes, emergency equipment and mustering points</w:t>
+      </w:r>
+      <w:r w:rsidR="007F7D17">
+        <w:t xml:space="preserve"> and have a</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6094">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00002031">
-        <w:t>Witness a test of a sample of hazard warning alarms</w:t>
+      <w:r w:rsidR="007F7D17">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6094" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve">ystem for logging the location and for </w:t>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6094" w:rsidRPr="00BD6E5A">
+        <w:t>periodic checking of notices in place</w:t>
+      </w:r>
+      <w:r w:rsidR="007903CC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A828B58" w14:textId="3989C873" w:rsidR="00514A2A" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
+    <w:p w14:paraId="300EDE4D" w14:textId="63F6945D" w:rsidR="005E39FB" w:rsidRDefault="005E39FB" w:rsidP="00284F46">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="005E39FB">
+        <w:t>This LC focuses on emergency situations such as fire, site emergencies</w:t>
+      </w:r>
+      <w:r w:rsidR="00B84B1C">
+        <w:t xml:space="preserve"> including criticality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E39FB">
+        <w:t xml:space="preserve"> and chemotoxic hazards. Other hazard warning signs</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73A52">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E39FB">
+        <w:t>like those for noise or flammables</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73A52">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E39FB">
+        <w:t>fall under separate legislation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D28AC05" w14:textId="5FA942C9" w:rsidR="00514A2A" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
+    <w:p w14:paraId="68645014" w14:textId="3A1AD07D" w:rsidR="001368D1" w:rsidRPr="005E39FB" w:rsidRDefault="005E39FB" w:rsidP="00B03468">
       <w:pPr>
         <w:pStyle w:val="F9-Paragraph"/>
       </w:pPr>
-      <w:r>
-        <w:t>The adequacy of warning notices should be assessed with regard to their intelligibility to the licensee’s staff and to visitors e.g. contractors’ personnel and their conformance with the specific sign legislation. Check that personnel on the site understand warning notices. Confirm by discussion with personnel, that they are aware of any potential hazards in the areas in which they are working as well as general site emergency systems.</w:t>
+      <w:r w:rsidRPr="005E39FB">
+        <w:t xml:space="preserve">While LC8 does not require formal arrangements, it places an absolute legal duty on the licensee to provide suitable and sufficient emergency warning notices. This requirement is not qualified by reasonable practicability. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73A52">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E39FB">
+        <w:t>LC8 aligns with other statutory duties related to emergency response and major hazards, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C5C422A" w14:textId="75DBC675" w:rsidR="00514A2A" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
-[...33 lines deleted...]
-    <w:p w14:paraId="65067591" w14:textId="4433B37D" w:rsidR="00CF3403" w:rsidRPr="00100268" w:rsidRDefault="00CB012D" w:rsidP="00DA6343">
+    <w:p w14:paraId="264618DC" w14:textId="77777777" w:rsidR="001368D1" w:rsidRPr="00100268" w:rsidRDefault="001368D1" w:rsidP="001368D1">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00514A2A" w:rsidRPr="007F5EF2">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="007F5EF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>The Health and Safety (Safety Signs and Signals) Regulations 1996 - Guidance on Regulations</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="08BF4D4E" w14:textId="47460381" w:rsidR="00191C15" w:rsidRPr="00CF3403" w:rsidRDefault="00191C15" w:rsidP="00DA6343">
+    <w:p w14:paraId="6A3479B9" w14:textId="77777777" w:rsidR="001368D1" w:rsidRPr="00CF3403" w:rsidRDefault="001368D1" w:rsidP="001368D1">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF3403">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>The Regulatory Reform (Fire Safety) Order 2005</w:t>
-[...8 lines deleted...]
-      <w:hyperlink r:id="rId18" w:tooltip="Original URL: https://www.legislation.gov.uk/uksi/2005/1541/article/14/made. Click or tap if you trust this link." w:history="1">
+        <w:t xml:space="preserve">The Regulatory Reform (Fire Safety) Order 2005, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:tooltip="Original URL: https://www.legislation.gov.uk/uksi/2005/1541/article/14/made. Click or tap if you trust this link." w:history="1">
         <w:r w:rsidRPr="00CF3403">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
-          <w:t>Article</w:t>
-[...15 lines deleted...]
-          <w:t xml:space="preserve"> 14</w:t>
+          <w:t>Articles 14</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003B2AA5">
+      <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00641750" w:rsidRPr="00FB23A8">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00FB23A8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6EE8D6A8" w14:textId="7EDA96CD" w:rsidR="00191C15" w:rsidRPr="00100268" w:rsidRDefault="00CB012D" w:rsidP="00DA6343">
+    <w:p w14:paraId="7A2EAB2F" w14:textId="77777777" w:rsidR="001368D1" w:rsidRPr="00100268" w:rsidRDefault="001368D1" w:rsidP="001368D1">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="006957A2" w:rsidRPr="006957A2">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="006957A2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t xml:space="preserve">The </w:t>
         </w:r>
-        <w:r w:rsidR="00191C15" w:rsidRPr="00100268">
+        <w:r w:rsidRPr="00100268">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>C</w:t>
-[...23 lines deleted...]
-          <w:t>2015</w:t>
+          <w:t>Control of Major Accident Hazards Regulations 2015</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00191C15" w:rsidRPr="00100268">
+      <w:r w:rsidRPr="00100268">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B50645" w14:textId="17CBF318" w:rsidR="00191C15" w:rsidRPr="006957A2" w:rsidRDefault="006957A2" w:rsidP="00DA6343">
+    <w:p w14:paraId="6B6A2960" w14:textId="77777777" w:rsidR="001368D1" w:rsidRPr="006957A2" w:rsidRDefault="001368D1" w:rsidP="001368D1">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA6343">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.legislation.gov.uk/uksi/2002/2776/regulation/8/made" \o "Original URL: https://www.legislation.gov.uk/uksi/2002/2776/regulation/8/made. Click or tap if you trust this link."</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00DA6343">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00DA6343">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006957A2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-[...50 lines deleted...]
-      <w:r w:rsidR="00191C15" w:rsidRPr="006957A2">
+        <w:t xml:space="preserve">The Dangerous Substances and Explosive Atmosphere Regulations 2002, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006957A2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Regulation 8</w:t>
       </w:r>
-      <w:r w:rsidR="00191C15" w:rsidRPr="006957A2">
+      <w:r w:rsidRPr="006957A2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C35D02D" w14:textId="5DD5621D" w:rsidR="004A6791" w:rsidRDefault="006957A2" w:rsidP="00DA6343">
+    <w:p w14:paraId="62C23917" w14:textId="77777777" w:rsidR="001368D1" w:rsidRDefault="001368D1" w:rsidP="001368D1">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA6343">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00DA6343">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t xml:space="preserve">The </w:t>
         </w:r>
-        <w:r w:rsidR="00BD6B65" w:rsidRPr="00100268">
+        <w:r w:rsidRPr="00100268">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>C</w:t>
+          <w:t>Control of Substances Hazardous to Health Regulations</w:t>
         </w:r>
-        <w:r w:rsidR="007C50D3" w:rsidRPr="00100268">
-[...11 lines deleted...]
-        <w:r w:rsidR="000B4AA9" w:rsidRPr="00DA6343">
+        <w:r w:rsidRPr="00DA6343">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
+          <w:t xml:space="preserve"> 2002</w:t>
         </w:r>
-        <w:r w:rsidR="00D162F0" w:rsidRPr="00DA6343">
-[...6 lines deleted...]
-        <w:r w:rsidR="00CF3403" w:rsidRPr="00100268">
+        <w:r w:rsidRPr="00100268">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>, R</w:t>
-[...11 lines deleted...]
-          <w:t>3</w:t>
+          <w:t>, Regulation 13</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2785B1E1" w14:textId="77777777" w:rsidR="00DA6343" w:rsidRDefault="00DA6343" w:rsidP="00DA6343">
+    <w:p w14:paraId="540E3FBF" w14:textId="3BF9D17D" w:rsidR="00D60BCB" w:rsidRDefault="00D60BCB" w:rsidP="00DA6343">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:numPr>
-[...7 lines deleted...]
-        <w:sectPr w:rsidR="00DA6343" w:rsidSect="00B23A5E">
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc161657570"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Guidance on </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73A52">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00024AE9">
+        <w:t xml:space="preserve">nspection </w:t>
+      </w:r>
+      <w:r w:rsidR="00653BB8">
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2F4F">
+        <w:t xml:space="preserve">LC8 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73A52">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00653BB8">
+        <w:t xml:space="preserve">arning </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73A52">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00653BB8">
+        <w:t>otices</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="700BCFED" w14:textId="67CA4068" w:rsidR="009F6684" w:rsidRPr="00B03468" w:rsidRDefault="00B03468" w:rsidP="009B18C7">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B03468">
+        <w:t>LC8 applies specifically to emergency warning notices, not all site warnings. Other hazards may require warning signs for local risks or specific tasks, but these typically fall under general Health and Safety legislation rather than LC8.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7EA291" w14:textId="00ABCF2E" w:rsidR="001D6E17" w:rsidRPr="009B18C7" w:rsidRDefault="009B18C7" w:rsidP="008D57D8">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B18C7">
+        <w:t>Inspectors should consider how notices are identified, produced, displayed, and maintained, including during disruptions such as outages.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA14E7F" w14:textId="27BA1147" w:rsidR="00653BB8" w:rsidRPr="008D57D8" w:rsidRDefault="008D57D8" w:rsidP="00DF2A60">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D57D8">
+        <w:t>To satisfy this condition, warning notices must be suited to both the hazard and location, and easily understood by staff, visitors, and contractors.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73A52">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73A52">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="008D57D8">
+        <w:t>If signals are referenced, they should be clearly seen or heard by those present. Signs should comply with the Health and Safety (Safety Signs and Signals) Regulations 1996 and, where appropriate, ISO 7010:2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25712650" w14:textId="22326DC4" w:rsidR="00FF528C" w:rsidRDefault="0021480F" w:rsidP="00DE41BB">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk162961532"/>
+      <w:r>
+        <w:t>Although arrangements are not referenced in the LC wording, a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF528C" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve">licensee should have </w:t>
+      </w:r>
+      <w:r w:rsidR="009874EB">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r>
+        <w:t>management</w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">system </w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve">in place to demonstrate compliance with LC8; </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF528C" w:rsidRPr="00653D09">
+        <w:t xml:space="preserve">In this context the term </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF528C">
+        <w:t>arrangements</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF528C" w:rsidRPr="00653D09">
+        <w:t xml:space="preserve"> is used</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF528C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF528C" w:rsidRPr="00653D09">
+        <w:t xml:space="preserve">to describe the formal </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF528C">
+        <w:t>management system</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF528C" w:rsidRPr="00653D09">
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF528C">
+        <w:t>ensures suitable and sufficient notices are displayed on site for LC8 purposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="50254F77" w14:textId="03A9BC2B" w:rsidR="00514A2A" w:rsidRDefault="00514A2A" w:rsidP="00DB14A5">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD6E5A">
+        <w:t>The person, or management position, responsible for compliance with LC8 should be identified</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426655A2" w14:textId="21A4676F" w:rsidR="00514A2A" w:rsidRDefault="00F50123" w:rsidP="00DB14A5">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Arrangements</w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve"> should be readily available and reasonably up to date, signed by an appropriate senior manager and controlled under a system compliant with the requirements of LC17</w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AEFF3AD" w14:textId="06D1AF64" w:rsidR="00514A2A" w:rsidRDefault="00F50123" w:rsidP="00DB14A5">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Arrangements</w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve"> should include a requirement for a schedule of warning notices </w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A">
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve">be kept that identifies </w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A" w:rsidRPr="00BD6E5A">
+        <w:t>position and type of sign</w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12642D29" w14:textId="35424D72" w:rsidR="00514A2A" w:rsidRDefault="00F50123" w:rsidP="0019565B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Arrangements</w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve"> should ensure that systems are in place for review, inspection and maintenance of warning signs</w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2825345F" w14:textId="4BA1D825" w:rsidR="00514A2A" w:rsidRDefault="00F50123" w:rsidP="0019565B">
+      <w:pPr>
+        <w:pStyle w:val="Bulletlist1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Arrangements</w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve"> should ensure that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A">
+        <w:t>licensee</w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve"> has a process for identifying the warning signs required as derived from the hazards on </w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A">
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A" w:rsidRPr="00BD6E5A">
+        <w:t xml:space="preserve"> site</w:t>
+      </w:r>
+      <w:r w:rsidR="00514A2A">
+        <w:t xml:space="preserve"> or adjacent site(s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="531C29F5" w14:textId="62487F98" w:rsidR="00514A2A" w:rsidRPr="00441949" w:rsidRDefault="00441949" w:rsidP="006406EC">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441949">
+        <w:t>Ensure there is a system for producing and displaying required notices. During inspections, confirm that necessary warning notices are present and appropriately located. Ask when warning alarms were last tested and review any related findings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE147D9" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00514A2A">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:sectPr w:rsidR="00A73A52" w:rsidSect="00B23A5E">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc161657573"/>
     </w:p>
+    <w:p w14:paraId="5A182D94" w14:textId="77777777" w:rsidR="006406EC" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Examine the schedule of warning notices and confirm that it gives details of each notice written content, location and the required frequency of inspection and maintenance. Check the maintenance programme exceptions listing to establish there are none relevant to this licence condition and discuss as necessary with the responsible person identified in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F50123">
+        <w:t>arrangements</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C89648" w14:textId="415A3446" w:rsidR="00AC03F6" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The adequacy of warning notices should be assessed with regard to their intelligibility to the licensee’s staff and to visitors </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73A52">
+        <w:t>(for example,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> contractors’ personnel and their conformance with the specific sign legislation</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73A52">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73A52">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>Check that personnel on the site understand warning notices. Confirm by discussion with personnel, that they are aware of any potential hazards in the areas in which they are working as well as general site emergency systems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C5C422A" w14:textId="75DBC675" w:rsidR="00514A2A" w:rsidRDefault="00514A2A" w:rsidP="00514A2A">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Check on a sample basis a typical escape route by following only the signs posted. Discuss as necessary with the responsible person identified in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F50123">
+        <w:t>arrangements</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Establish that muster points are identified and check that they are tested on a routine basis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17D06972" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A73A52">
+      <w:pPr>
+        <w:pStyle w:val="F9-Paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:id="5" w:name="_Toc161657573" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:id w:val="-652758001"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Bibliographies"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:color w:val="22413A"/>
+          <w:sz w:val="48"/>
+        </w:rPr>
+      </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="223425A4" w14:textId="06B0E3F6" w:rsidR="00310FF0" w:rsidRDefault="00DB6014" w:rsidP="00DA6343">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="0"/>
             </w:numPr>
           </w:pPr>
           <w:r>
             <w:t>References</w:t>
           </w:r>
         </w:p>
-        <w:bookmarkEnd w:id="10" w:displacedByCustomXml="next"/>
+        <w:bookmarkEnd w:id="5" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-573587230"/>
             <w:bibliography/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="2F1D43D3" w14:textId="77777777" w:rsidR="00DA6343" w:rsidRDefault="00140E1C" w:rsidP="00100268">
+            <w:p w14:paraId="5BD6BDB1" w14:textId="77777777" w:rsidR="00F67F46" w:rsidRDefault="00140E1C" w:rsidP="00A73A52">
               <w:pPr>
-                <w:pStyle w:val="Bibliography"/>
-                <w:ind w:left="720" w:hanging="578"/>
+                <w:pStyle w:val="InnerCoverTitle"/>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:noProof/>
+                  <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="00100268">
                 <w:rPr>
                   <w:noProof/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin"/>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:noProof/>
                 </w:rPr>
                 <w:instrText xml:space="preserve"> BIBLIOGRAPHY </w:instrText>
               </w:r>
               <w:r w:rsidRPr="00100268">
                 <w:rPr>
                   <w:noProof/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="separate"/>
               </w:r>
             </w:p>
             <w:tbl>
               <w:tblPr>
                 <w:tblW w:w="5000" w:type="pct"/>
                 <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 <w:tblCellMar>
                   <w:top w:w="15" w:type="dxa"/>
                   <w:left w:w="15" w:type="dxa"/>
                   <w:bottom w:w="15" w:type="dxa"/>
                   <w:right w:w="15" w:type="dxa"/>
                 </w:tblCellMar>
                 <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
               </w:tblPr>
               <w:tblGrid>
                 <w:gridCol w:w="342"/>
                 <w:gridCol w:w="8684"/>
               </w:tblGrid>
-              <w:tr w:rsidR="00DA6343" w14:paraId="5A9AAC9D" w14:textId="77777777">
+              <w:tr w:rsidR="00F67F46" w14:paraId="693019B8" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1196582899"/>
+                  <w:divId w:val="904491135"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="085F15A0" w14:textId="2A23811F" w:rsidR="00DA6343" w:rsidRDefault="00DA6343">
+                  <w:p w14:paraId="701AE69F" w14:textId="3870D637" w:rsidR="00F67F46" w:rsidRDefault="00F67F46">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
                       <w:rPr>
                         <w:noProof/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[1] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="42CD574B" w14:textId="77777777" w:rsidR="00DA6343" w:rsidRDefault="00DA6343">
+                  <w:p w14:paraId="530E5DC4" w14:textId="77777777" w:rsidR="00F67F46" w:rsidRDefault="00F67F46">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t>BSI, “BS EN ISO 7010:2020 - Graphical symbols on safety signs,” 2023.</w:t>
+                      <w:t>ONR, “NS-INSP-GD-009 - LC9 Instructions to Persons on Site,” [Online]. Available: https://prodonrgov.sharepoint.com/sites/HOW2Hub.</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
-              <w:tr w:rsidR="00DA6343" w14:paraId="55B3073A" w14:textId="77777777">
+              <w:tr w:rsidR="00F67F46" w14:paraId="2AF9DDF7" w14:textId="77777777">
                 <w:trPr>
-                  <w:divId w:val="1196582899"/>
+                  <w:divId w:val="904491135"/>
                   <w:tblCellSpacing w:w="15" w:type="dxa"/>
                 </w:trPr>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="50" w:type="pct"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="7ADCF11A" w14:textId="77777777" w:rsidR="00DA6343" w:rsidRDefault="00DA6343">
+                  <w:p w14:paraId="755788CC" w14:textId="77777777" w:rsidR="00F67F46" w:rsidRDefault="00F67F46">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t xml:space="preserve">[2] </w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
                 <w:tc>
                   <w:tcPr>
                     <w:tcW w:w="0" w:type="auto"/>
                     <w:hideMark/>
                   </w:tcPr>
-                  <w:p w14:paraId="091A6C22" w14:textId="77777777" w:rsidR="00DA6343" w:rsidRDefault="00DA6343">
+                  <w:p w14:paraId="3A27FBF6" w14:textId="77777777" w:rsidR="00F67F46" w:rsidRDefault="00F67F46">
                     <w:pPr>
                       <w:pStyle w:val="Bibliography"/>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
-                      <w:t>HSE, “L64 - The Health and Safety (Safety Signs and Signals) Regulations 1996 - Guidance on Regulations,” [Online]. Available: http://www.hse.gov.uk/pubns/books/l64.htm.</w:t>
+                      <w:t>ONR, “ONR-RD-POL-002 - Risk Informed and Targeted Engagements (RITE) Policy,” [Online]. Available: https://prodonrgov.sharepoint.com/sites/HOW2Hub.</w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+              </w:tr>
+              <w:tr w:rsidR="00F67F46" w14:paraId="37CCAC55" w14:textId="77777777">
+                <w:trPr>
+                  <w:divId w:val="904491135"/>
+                  <w:tblCellSpacing w:w="15" w:type="dxa"/>
+                </w:trPr>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="50" w:type="pct"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="4EC51F27" w14:textId="77777777" w:rsidR="00F67F46" w:rsidRDefault="00F67F46">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">[3] </w:t>
+                    </w:r>
+                  </w:p>
+                </w:tc>
+                <w:tc>
+                  <w:tcPr>
+                    <w:tcW w:w="0" w:type="auto"/>
+                    <w:hideMark/>
+                  </w:tcPr>
+                  <w:p w14:paraId="7B48ED83" w14:textId="77777777" w:rsidR="00F67F46" w:rsidRDefault="00F67F46">
+                    <w:pPr>
+                      <w:pStyle w:val="Bibliography"/>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>BSI, “BS EN ISO 7010:2020 - Graphical symbols on safety signs,” 2023.</w:t>
                     </w:r>
                   </w:p>
                 </w:tc>
               </w:tr>
             </w:tbl>
-            <w:p w14:paraId="502922B9" w14:textId="77777777" w:rsidR="00DA6343" w:rsidRDefault="00DA6343">
+            <w:p w14:paraId="41FC0887" w14:textId="77777777" w:rsidR="00F67F46" w:rsidRDefault="00F67F46">
               <w:pPr>
-                <w:divId w:val="1196582899"/>
+                <w:divId w:val="904491135"/>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Times New Roman"/>
                   <w:noProof/>
                 </w:rPr>
               </w:pPr>
             </w:p>
-            <w:p w14:paraId="0AB37AA6" w14:textId="4906AFF9" w:rsidR="00140E1C" w:rsidRDefault="00140E1C" w:rsidP="00DA6343">
+            <w:p w14:paraId="68D2A194" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00140E1C" w:rsidP="00A73A52">
               <w:pPr>
-                <w:pStyle w:val="Bibliography"/>
-                <w:ind w:left="720" w:hanging="578"/>
+                <w:pStyle w:val="InnerCoverTitle"/>
               </w:pPr>
               <w:r w:rsidRPr="00100268">
                 <w:rPr>
                   <w:noProof/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
+    <w:p w14:paraId="39540DF8" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A73A52">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:sectPr w:rsidR="00A73A52" w:rsidSect="00B23A5E">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="234541B6" w14:textId="2AF3EBC0" w:rsidR="00A73A52" w:rsidRPr="00595C8C" w:rsidRDefault="00A73A52" w:rsidP="00A73A52">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Document control</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA8639F" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRPr="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A73A52">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A73A52">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Authored by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A73A52">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Nuclear Safety Inspector </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6902A3ED" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRPr="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A73A52">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A73A52">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Approved by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A73A52">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Head of Profession – Operational Inspection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD9C2C6" w14:textId="320A0E58" w:rsidR="00A73A52" w:rsidRPr="00196ADB" w:rsidRDefault="00A73A52" w:rsidP="00A73A52">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Issue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Issue No."/>
+          <w:tag w:val=""/>
+          <w:id w:val="-894428327"/>
+          <w:placeholder>
+            <w:docPart w:val="F19BEB5979E44A8AA9AA1960349F6CE3"/>
+          </w:placeholder>
+          <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>6.3</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3911F0C9" w14:textId="0418BCD9" w:rsidR="00A73A52" w:rsidRPr="00196ADB" w:rsidRDefault="00A73A52" w:rsidP="00A73A52">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Published</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A73A52">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>October 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004F141C" w14:textId="58298C37" w:rsidR="00A73A52" w:rsidRPr="00196ADB" w:rsidRDefault="00A73A52" w:rsidP="00A73A52">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Next </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>scheduled review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A73A52">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>October 2030</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74C3156A" w14:textId="0AA31410" w:rsidR="00A73A52" w:rsidRPr="00196ADB" w:rsidRDefault="00A73A52" w:rsidP="00A73A52">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Doc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ument reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196ADB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NS-INSP-GD-008</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B662E1F" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A73A52"/>
+    <w:p w14:paraId="3A040C57" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A73A52">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+      </w:pPr>
+      <w:r>
+        <w:t>Revision commentary</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ONRTable1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="10" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1550"/>
+        <w:gridCol w:w="7466"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A73A52" w:rsidRPr="00B23A5E" w14:paraId="3C0226CE" w14:textId="77777777" w:rsidTr="00A77ADB">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="485A3E78" w14:textId="7B739D50" w:rsidR="00A73A52" w:rsidRPr="00B23A5E" w:rsidRDefault="00A73A52" w:rsidP="00A77ADB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23A5E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="491B6BC4" w14:textId="12F56136" w:rsidR="00A73A52" w:rsidRPr="00B23A5E" w:rsidRDefault="00A73A52" w:rsidP="00A77ADB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B23A5E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B23A5E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>pdate(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A73A52" w:rsidRPr="00B23A5E" w14:paraId="03CB03C4" w14:textId="77777777" w:rsidTr="00A77ADB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39977631" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRPr="00B23A5E" w:rsidRDefault="00A73A52" w:rsidP="00A77ADB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="029E08FA" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRPr="00B23A5E" w:rsidRDefault="00A73A52" w:rsidP="00A77ADB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Routine update and review date extended.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A73A52" w:rsidRPr="00B23A5E" w14:paraId="37B14C12" w14:textId="77777777" w:rsidTr="00A77ADB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5C1860" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRPr="00B23A5E" w:rsidRDefault="00A73A52" w:rsidP="00A77ADB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1FDEC0" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRPr="00B23A5E" w:rsidRDefault="00A73A52" w:rsidP="00A77ADB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Review date extended from Dec-23 to align with review of other related TIGs.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A73A52" w14:paraId="32737586" w14:textId="77777777" w:rsidTr="00A77ADB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C0284E" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A77ADB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D7030B" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A77ADB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Minor content updates to Section 4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="009C7426" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A77ADB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>‘Procedure’ replaced by ‘Arrangements’ in Section 5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D207D4C" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A77ADB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Review date extended to March 2027.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A73A52" w14:paraId="76D23DA7" w14:textId="77777777" w:rsidTr="00A77ADB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12705B67" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A77ADB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6F45B5" w14:textId="77777777" w:rsidR="00A73A52" w:rsidRDefault="00A73A52" w:rsidP="00A77ADB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0096032E">
+              <w:t>Minor update - Document simplified</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096032E">
+              <w:t>duplication removed, no</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0096032E">
+              <w:t>change to outcomes or intent.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0AB37AA6" w14:textId="7A9432DD" w:rsidR="00140E1C" w:rsidRDefault="00140E1C" w:rsidP="00DA6343">
+      <w:pPr>
+        <w:pStyle w:val="Bibliography"/>
+        <w:ind w:left="720" w:hanging="578"/>
+      </w:pPr>
+    </w:p>
     <w:sectPr w:rsidR="00140E1C" w:rsidSect="00B23A5E">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="312"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0074">
       <wne:acd wne:acdName="acd1"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0075">
       <wne:acd wne:acdName="acd2"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0076">
       <wne:acd wne:acdName="acd3"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0077">
       <wne:acd wne:acdName="acd4"/>
     </wne:keymap>
@@ -2489,78 +2020,78 @@
       <wne:acdEntry wne:acdName="acd1"/>
       <wne:acdEntry wne:acdName="acd2"/>
       <wne:acdEntry wne:acdName="acd3"/>
       <wne:acdEntry wne:acdName="acd4"/>
       <wne:acdEntry wne:acdName="acd5"/>
       <wne:acdEntry wne:acdName="acd6"/>
       <wne:acdEntry wne:acdName="acd7"/>
       <wne:acdEntry wne:acdName="acd8"/>
     </wne:acdManifest>
   </wne:toolbars>
   <wne:acds>
     <wne:acd wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd1" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAIA" wne:acdName="acd2" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAMA" wne:acdName="acd3" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AQAAAAQA" wne:acdName="acd4" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAxAA==" wne:acdName="acd5" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAGwAaQBzAHQAIAAyAA==" wne:acdName="acd6" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBCAHUAbABsAGUAdAAgAEwAaQBzAHQAIAAzAA==" wne:acdName="acd7" wne:fciIndexBasedOn="0065"/>
     <wne:acd wne:argValue="AgBGADkAIAAtACAAIwAgAFAAYQByAGEAZwByAGEAcABoAA==" wne:acdName="acd8" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="759AE1BC" w14:textId="77777777" w:rsidR="00A77E9B" w:rsidRDefault="00A77E9B" w:rsidP="007D199A">
+    <w:p w14:paraId="60C9972D" w14:textId="77777777" w:rsidR="00F00F40" w:rsidRDefault="00F00F40" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D2ECF2" w14:textId="77777777" w:rsidR="00A77E9B" w:rsidRDefault="00A77E9B"/>
+    <w:p w14:paraId="30B98805" w14:textId="77777777" w:rsidR="00F00F40" w:rsidRDefault="00F00F40"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51FB4937" w14:textId="77777777" w:rsidR="00A77E9B" w:rsidRDefault="00A77E9B" w:rsidP="007D199A">
+    <w:p w14:paraId="22C16B2B" w14:textId="77777777" w:rsidR="00F00F40" w:rsidRDefault="00F00F40" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30349E52" w14:textId="77777777" w:rsidR="00A77E9B" w:rsidRDefault="00A77E9B"/>
+    <w:p w14:paraId="713913E7" w14:textId="77777777" w:rsidR="00F00F40" w:rsidRDefault="00F00F40"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2578,51 +2109,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5714E96E" w14:textId="4E993697" w:rsidR="007C3C1D" w:rsidRPr="00196ADB" w:rsidRDefault="006A525B" w:rsidP="007C3C1D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00196ADB">
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>ONR-DOC-TEMP-</w:t>
     </w:r>
     <w:r w:rsidR="00821337" w:rsidRPr="00196ADB">
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>003</w:t>
     </w:r>
     <w:r w:rsidRPr="00196ADB">
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> (Issue </w:t>
@@ -2634,231 +2165,229 @@
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00B23A5E" w:rsidRPr="00196ADB">
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00196ADB" w:rsidRPr="00196ADB">
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00196ADB">
       <w:rPr>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="515DBB12" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="008229BA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="24222CC8" w14:textId="2BEAF369" w:rsidR="004A6791" w:rsidRPr="004A6791" w:rsidRDefault="004A6791" w:rsidP="004A6791">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page | </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A2DB9B6" w14:textId="77777777" w:rsidR="00A77E9B" w:rsidRPr="005E0344" w:rsidRDefault="00A77E9B" w:rsidP="005E0344">
+    <w:p w14:paraId="346B1349" w14:textId="77777777" w:rsidR="00F00F40" w:rsidRPr="005E0344" w:rsidRDefault="00F00F40" w:rsidP="005E0344">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05B73736" w14:textId="77777777" w:rsidR="00A77E9B" w:rsidRPr="005E0344" w:rsidRDefault="00A77E9B" w:rsidP="0090581D">
+    <w:p w14:paraId="5A756361" w14:textId="77777777" w:rsidR="00F00F40" w:rsidRPr="005E0344" w:rsidRDefault="00F00F40" w:rsidP="0090581D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60CDCC16" w14:textId="77777777" w:rsidR="00A77E9B" w:rsidRDefault="00A77E9B"/>
+    <w:p w14:paraId="6472732D" w14:textId="77777777" w:rsidR="00F00F40" w:rsidRDefault="00F00F40"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C8DE4F8" w14:textId="77777777" w:rsidR="00A77E9B" w:rsidRDefault="00A77E9B">
+    <w:p w14:paraId="072E9BF4" w14:textId="77777777" w:rsidR="00F00F40" w:rsidRDefault="00F00F40">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A95EA4A" w14:textId="77777777" w:rsidR="00A77E9B" w:rsidRDefault="00A77E9B"/>
+    <w:p w14:paraId="222191EB" w14:textId="77777777" w:rsidR="00F00F40" w:rsidRDefault="00F00F40"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15338445" w14:textId="77777777" w:rsidR="00091EEA" w:rsidRDefault="00091EEA" w:rsidP="00091EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F8800CF" w14:textId="77777777" w:rsidR="008C50C3" w:rsidRPr="008C50C3" w:rsidRDefault="008C50C3" w:rsidP="00257288">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="47FFC75F" w14:textId="6682DC3C" w:rsidR="00177666" w:rsidRPr="00196ADB" w:rsidRDefault="00CB012D" w:rsidP="009E0E52">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47FFC75F" w14:textId="4725B562" w:rsidR="00177666" w:rsidRPr="00196ADB" w:rsidRDefault="00000000" w:rsidP="009E0E52">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-545993998"/>
         <w:placeholder>
           <w:docPart w:val="71855CAFCD0440C4880AB5CD94A60020"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00535B94">
+        <w:r w:rsidR="00604A32">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>LC 8 Warning Notices</w:t>
+          <w:t>LC8 Warning Notices</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="004E3932" w:rsidRPr="00196ADB">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve"> | Issue No.: </w:t>
+      <w:t xml:space="preserve"> | Issue: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-1486926938"/>
         <w:placeholder>
           <w:docPart w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00DA6343">
+        <w:r w:rsidR="00FB6E6D">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>6.2</w:t>
+          <w:t>6.3</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A4B08F86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F04C420E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -3497,50 +3026,136 @@
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A3C01AF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6B90F77E"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1571" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2291" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3011" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3731" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4451" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5171" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5891" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6611" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7331" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DA560BF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0809001F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -3582,51 +3197,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="306D14A2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9746DF9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -3672,51 +3287,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37462E5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AAE3514"/>
     <w:lvl w:ilvl="0" w:tplc="05DE7B3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -3761,51 +3376,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BB70C27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6658CF8E"/>
     <w:lvl w:ilvl="0" w:tplc="B1301426">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="757" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="07716C" w:themeColor="accent1"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3878,51 +3493,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44E83E54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBB0C0C8"/>
     <w:lvl w:ilvl="0" w:tplc="51300A06">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="F9-Paragraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3965,51 +3580,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46CE0110"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="37144888"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4110,51 +3725,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="487861B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1882AFB8"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4196,51 +3811,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56251AC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="336C4152"/>
     <w:lvl w:ilvl="0" w:tplc="3148E282">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1072" w:hanging="358"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="106470"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4313,51 +3928,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65971AA2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C63EE6D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -4447,51 +4062,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C902408"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5EE4A70A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:pStyle w:val="NumList1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="714" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
@@ -4561,51 +4176,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="718A0F99"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="241CA254"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="NumList2"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="714" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
@@ -4675,51 +4290,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75F46359"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05C00A4E"/>
     <w:lvl w:ilvl="0" w:tplc="BFB4E438">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletlist1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="07716C" w:themeColor="accent1"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AE78E28A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletlist2"/>
       <w:lvlText w:val="o"/>
@@ -4795,51 +4410,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79447535"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FC8AD34E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -4881,51 +4496,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="795D3E46"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6BB451D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5064,618 +4679,778 @@
   <w:num w:numId="4" w16cid:durableId="1262179006">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1002776976">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2131317494">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1578203617">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="995184146">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="348718920">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1368944693">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="816150589">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1085146277">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="989944809">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1148547717">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1619264317">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1717772705">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1421370352">
     <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="802893121">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1666081420">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="874538197">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2057311976">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="689793726">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="48653822">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1603800266">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1864591591">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="832574242">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1666081420">
-[...14 lines deleted...]
-  <w:num w:numId="24" w16cid:durableId="1603800266">
+  <w:num w:numId="27" w16cid:durableId="1391732823">
     <w:abstractNumId w:val="19"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="913272990">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1430353369">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="16393477">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1649476521">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1298995299">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="610863969">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C4196"/>
     <w:rsid w:val="00002F03"/>
     <w:rsid w:val="00004C16"/>
     <w:rsid w:val="00011177"/>
     <w:rsid w:val="00014814"/>
     <w:rsid w:val="00022033"/>
     <w:rsid w:val="00024522"/>
+    <w:rsid w:val="00024AE9"/>
     <w:rsid w:val="00024B2E"/>
+    <w:rsid w:val="0002540F"/>
     <w:rsid w:val="00027F4F"/>
     <w:rsid w:val="00030430"/>
     <w:rsid w:val="0003078E"/>
     <w:rsid w:val="00031B89"/>
     <w:rsid w:val="0003693D"/>
     <w:rsid w:val="0004440F"/>
     <w:rsid w:val="00052C8A"/>
     <w:rsid w:val="000548C8"/>
     <w:rsid w:val="00064A1B"/>
     <w:rsid w:val="00075605"/>
     <w:rsid w:val="00075C66"/>
     <w:rsid w:val="000817D4"/>
     <w:rsid w:val="00082879"/>
     <w:rsid w:val="00091EEA"/>
     <w:rsid w:val="0009225F"/>
     <w:rsid w:val="000A105C"/>
     <w:rsid w:val="000B4AA9"/>
     <w:rsid w:val="000C2DDC"/>
     <w:rsid w:val="000C5F5A"/>
     <w:rsid w:val="000D2FD4"/>
     <w:rsid w:val="000D3232"/>
     <w:rsid w:val="000F1B7B"/>
     <w:rsid w:val="000F2ED4"/>
     <w:rsid w:val="00100268"/>
     <w:rsid w:val="001028E8"/>
     <w:rsid w:val="00103043"/>
     <w:rsid w:val="00120D68"/>
+    <w:rsid w:val="001215B6"/>
+    <w:rsid w:val="001217D7"/>
     <w:rsid w:val="00122FCC"/>
     <w:rsid w:val="00124C2B"/>
     <w:rsid w:val="00126752"/>
     <w:rsid w:val="00130B30"/>
+    <w:rsid w:val="001368D1"/>
     <w:rsid w:val="00140E1C"/>
     <w:rsid w:val="00143B21"/>
     <w:rsid w:val="00147AE4"/>
+    <w:rsid w:val="00154A07"/>
     <w:rsid w:val="001571E5"/>
+    <w:rsid w:val="00157AE3"/>
     <w:rsid w:val="00177666"/>
     <w:rsid w:val="001849CA"/>
     <w:rsid w:val="00185410"/>
     <w:rsid w:val="00191C15"/>
     <w:rsid w:val="00192352"/>
+    <w:rsid w:val="0019565B"/>
     <w:rsid w:val="00196ADB"/>
+    <w:rsid w:val="001B02A9"/>
     <w:rsid w:val="001B4D5A"/>
+    <w:rsid w:val="001C0489"/>
+    <w:rsid w:val="001C3EC4"/>
     <w:rsid w:val="001C4D63"/>
     <w:rsid w:val="001D0DE0"/>
     <w:rsid w:val="001D5AFF"/>
+    <w:rsid w:val="001D6E17"/>
     <w:rsid w:val="001D74B4"/>
     <w:rsid w:val="001E03E1"/>
+    <w:rsid w:val="001E5C19"/>
     <w:rsid w:val="001E5E7D"/>
     <w:rsid w:val="001F059F"/>
     <w:rsid w:val="00200811"/>
     <w:rsid w:val="00200CA1"/>
     <w:rsid w:val="0021338D"/>
     <w:rsid w:val="0021480F"/>
     <w:rsid w:val="00214D43"/>
     <w:rsid w:val="00223090"/>
     <w:rsid w:val="002238B4"/>
     <w:rsid w:val="00227456"/>
     <w:rsid w:val="002319AB"/>
     <w:rsid w:val="002319AC"/>
     <w:rsid w:val="00234342"/>
     <w:rsid w:val="0024040D"/>
+    <w:rsid w:val="00241131"/>
     <w:rsid w:val="00251CD7"/>
     <w:rsid w:val="00254BDE"/>
     <w:rsid w:val="00255FA3"/>
     <w:rsid w:val="00257288"/>
     <w:rsid w:val="00261FB6"/>
     <w:rsid w:val="002629F8"/>
     <w:rsid w:val="00263396"/>
     <w:rsid w:val="002659FA"/>
     <w:rsid w:val="00267815"/>
     <w:rsid w:val="00280DDF"/>
+    <w:rsid w:val="00284F46"/>
+    <w:rsid w:val="00287420"/>
     <w:rsid w:val="002917FF"/>
     <w:rsid w:val="00292ADF"/>
     <w:rsid w:val="00296DBB"/>
+    <w:rsid w:val="00297C7A"/>
     <w:rsid w:val="002A0DEC"/>
     <w:rsid w:val="002B1C53"/>
+    <w:rsid w:val="002C4CAC"/>
+    <w:rsid w:val="002D6F10"/>
     <w:rsid w:val="002E0BE4"/>
     <w:rsid w:val="002E3B58"/>
     <w:rsid w:val="002E3E8A"/>
     <w:rsid w:val="002E6A6A"/>
     <w:rsid w:val="002F3397"/>
+    <w:rsid w:val="0030114C"/>
     <w:rsid w:val="0030380D"/>
     <w:rsid w:val="00310FF0"/>
+    <w:rsid w:val="00311046"/>
     <w:rsid w:val="00312411"/>
+    <w:rsid w:val="00312E94"/>
     <w:rsid w:val="00323E71"/>
     <w:rsid w:val="00326F77"/>
     <w:rsid w:val="00334A00"/>
+    <w:rsid w:val="00336581"/>
+    <w:rsid w:val="003371AE"/>
     <w:rsid w:val="003401B0"/>
     <w:rsid w:val="00345D54"/>
     <w:rsid w:val="00346C8E"/>
     <w:rsid w:val="00351095"/>
     <w:rsid w:val="003561A0"/>
+    <w:rsid w:val="00362249"/>
+    <w:rsid w:val="00363DAF"/>
+    <w:rsid w:val="0036542E"/>
     <w:rsid w:val="00367BD5"/>
     <w:rsid w:val="00381F4C"/>
     <w:rsid w:val="00390327"/>
     <w:rsid w:val="00393B78"/>
     <w:rsid w:val="003A01E9"/>
     <w:rsid w:val="003B2AA5"/>
+    <w:rsid w:val="003B4A7F"/>
     <w:rsid w:val="003C0306"/>
     <w:rsid w:val="003C114C"/>
     <w:rsid w:val="003C465D"/>
     <w:rsid w:val="003D0718"/>
     <w:rsid w:val="003D495D"/>
     <w:rsid w:val="003E098E"/>
     <w:rsid w:val="003E2FAE"/>
+    <w:rsid w:val="00400769"/>
     <w:rsid w:val="00407CF7"/>
     <w:rsid w:val="004147D9"/>
     <w:rsid w:val="00415ED6"/>
     <w:rsid w:val="00417CAF"/>
     <w:rsid w:val="00420A11"/>
     <w:rsid w:val="00422265"/>
+    <w:rsid w:val="0042228B"/>
+    <w:rsid w:val="00426901"/>
+    <w:rsid w:val="00431999"/>
     <w:rsid w:val="004373A7"/>
     <w:rsid w:val="00437D94"/>
     <w:rsid w:val="0044030C"/>
+    <w:rsid w:val="00441949"/>
+    <w:rsid w:val="004607F9"/>
+    <w:rsid w:val="00464074"/>
     <w:rsid w:val="004648A4"/>
     <w:rsid w:val="00471380"/>
     <w:rsid w:val="004756EB"/>
+    <w:rsid w:val="0048283F"/>
+    <w:rsid w:val="0048438B"/>
     <w:rsid w:val="00494F0D"/>
+    <w:rsid w:val="00495B48"/>
     <w:rsid w:val="00496BFD"/>
     <w:rsid w:val="004A3DF2"/>
     <w:rsid w:val="004A6791"/>
     <w:rsid w:val="004C361D"/>
     <w:rsid w:val="004C4891"/>
     <w:rsid w:val="004D0546"/>
     <w:rsid w:val="004D2C89"/>
     <w:rsid w:val="004E3932"/>
+    <w:rsid w:val="004E51F3"/>
     <w:rsid w:val="004F1E79"/>
     <w:rsid w:val="004F5F33"/>
     <w:rsid w:val="0050103A"/>
     <w:rsid w:val="005024EB"/>
+    <w:rsid w:val="0050516C"/>
+    <w:rsid w:val="005058EF"/>
     <w:rsid w:val="00511B0F"/>
     <w:rsid w:val="00514A2A"/>
+    <w:rsid w:val="00522202"/>
     <w:rsid w:val="00535B94"/>
+    <w:rsid w:val="005379E5"/>
+    <w:rsid w:val="00542668"/>
+    <w:rsid w:val="00550ED0"/>
     <w:rsid w:val="0055388E"/>
     <w:rsid w:val="005609C5"/>
     <w:rsid w:val="005754AE"/>
     <w:rsid w:val="00577FB5"/>
+    <w:rsid w:val="00582314"/>
     <w:rsid w:val="005852D1"/>
     <w:rsid w:val="00587A22"/>
+    <w:rsid w:val="005923B8"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="00595C8C"/>
     <w:rsid w:val="00597747"/>
     <w:rsid w:val="005A4CDD"/>
     <w:rsid w:val="005B57E4"/>
+    <w:rsid w:val="005B5898"/>
     <w:rsid w:val="005B5ABD"/>
+    <w:rsid w:val="005B68F9"/>
     <w:rsid w:val="005C140A"/>
     <w:rsid w:val="005C1E52"/>
     <w:rsid w:val="005C3367"/>
     <w:rsid w:val="005C6763"/>
     <w:rsid w:val="005C7E11"/>
     <w:rsid w:val="005D3164"/>
+    <w:rsid w:val="005D77DC"/>
     <w:rsid w:val="005E0344"/>
+    <w:rsid w:val="005E39FB"/>
     <w:rsid w:val="005E440B"/>
     <w:rsid w:val="005F2212"/>
     <w:rsid w:val="005F2C85"/>
+    <w:rsid w:val="00604A32"/>
     <w:rsid w:val="00605ADB"/>
     <w:rsid w:val="00611C9F"/>
     <w:rsid w:val="006248DE"/>
     <w:rsid w:val="00627555"/>
     <w:rsid w:val="006318E2"/>
     <w:rsid w:val="006322A0"/>
     <w:rsid w:val="006361FD"/>
+    <w:rsid w:val="006406EC"/>
+    <w:rsid w:val="00640F57"/>
     <w:rsid w:val="00641750"/>
     <w:rsid w:val="0064226F"/>
     <w:rsid w:val="00642DDB"/>
     <w:rsid w:val="00653298"/>
+    <w:rsid w:val="00653BB8"/>
     <w:rsid w:val="00663A7C"/>
     <w:rsid w:val="00667DF2"/>
     <w:rsid w:val="00670DF1"/>
     <w:rsid w:val="00671345"/>
     <w:rsid w:val="00672A9B"/>
     <w:rsid w:val="00675884"/>
+    <w:rsid w:val="00675D87"/>
     <w:rsid w:val="006957A2"/>
     <w:rsid w:val="00696EE0"/>
     <w:rsid w:val="00697980"/>
     <w:rsid w:val="006A19EF"/>
     <w:rsid w:val="006A43D5"/>
     <w:rsid w:val="006A525B"/>
+    <w:rsid w:val="006B1D7E"/>
+    <w:rsid w:val="006B53CE"/>
     <w:rsid w:val="006C045F"/>
     <w:rsid w:val="006C4196"/>
     <w:rsid w:val="006C63B0"/>
     <w:rsid w:val="006C76A2"/>
     <w:rsid w:val="006C792E"/>
     <w:rsid w:val="006D116C"/>
     <w:rsid w:val="006E7C42"/>
     <w:rsid w:val="006F168A"/>
     <w:rsid w:val="006F5076"/>
     <w:rsid w:val="006F6009"/>
     <w:rsid w:val="006F7E5F"/>
     <w:rsid w:val="0070321D"/>
+    <w:rsid w:val="00703FA4"/>
     <w:rsid w:val="007068BA"/>
     <w:rsid w:val="00716AB1"/>
     <w:rsid w:val="00721D63"/>
     <w:rsid w:val="00724B2B"/>
     <w:rsid w:val="00732C7B"/>
     <w:rsid w:val="00734D2B"/>
     <w:rsid w:val="00737705"/>
+    <w:rsid w:val="007405B3"/>
     <w:rsid w:val="007408D4"/>
     <w:rsid w:val="007420AC"/>
     <w:rsid w:val="00742617"/>
+    <w:rsid w:val="0076142A"/>
+    <w:rsid w:val="007628EB"/>
+    <w:rsid w:val="00777011"/>
+    <w:rsid w:val="007823DB"/>
     <w:rsid w:val="00783AFA"/>
     <w:rsid w:val="00785427"/>
+    <w:rsid w:val="007903CC"/>
     <w:rsid w:val="00790540"/>
     <w:rsid w:val="007968CA"/>
     <w:rsid w:val="007A43FF"/>
     <w:rsid w:val="007A77AD"/>
     <w:rsid w:val="007B2523"/>
     <w:rsid w:val="007B3918"/>
     <w:rsid w:val="007C3C1D"/>
     <w:rsid w:val="007C50D3"/>
     <w:rsid w:val="007D199A"/>
     <w:rsid w:val="007D2EBE"/>
+    <w:rsid w:val="007D51E0"/>
     <w:rsid w:val="007E1C07"/>
     <w:rsid w:val="007F24B6"/>
     <w:rsid w:val="007F5EF2"/>
+    <w:rsid w:val="007F7D17"/>
     <w:rsid w:val="00803D94"/>
     <w:rsid w:val="00816BC0"/>
     <w:rsid w:val="00821337"/>
     <w:rsid w:val="008229BA"/>
     <w:rsid w:val="00824151"/>
+    <w:rsid w:val="00826134"/>
     <w:rsid w:val="00832581"/>
     <w:rsid w:val="008451D6"/>
     <w:rsid w:val="00845390"/>
+    <w:rsid w:val="00845D99"/>
     <w:rsid w:val="0084601B"/>
+    <w:rsid w:val="00847EA2"/>
     <w:rsid w:val="008606F0"/>
     <w:rsid w:val="00865489"/>
     <w:rsid w:val="0086553D"/>
+    <w:rsid w:val="00867AB2"/>
     <w:rsid w:val="00872A86"/>
     <w:rsid w:val="00874FEB"/>
     <w:rsid w:val="00881B6F"/>
     <w:rsid w:val="00882AA4"/>
     <w:rsid w:val="00883E22"/>
     <w:rsid w:val="00884E43"/>
     <w:rsid w:val="00887EC6"/>
     <w:rsid w:val="0089084C"/>
     <w:rsid w:val="00893409"/>
     <w:rsid w:val="00893D9F"/>
     <w:rsid w:val="008A212C"/>
     <w:rsid w:val="008A2379"/>
     <w:rsid w:val="008A4329"/>
     <w:rsid w:val="008A578E"/>
     <w:rsid w:val="008B1519"/>
     <w:rsid w:val="008B27C6"/>
     <w:rsid w:val="008B7BCC"/>
+    <w:rsid w:val="008C24F5"/>
     <w:rsid w:val="008C50C3"/>
     <w:rsid w:val="008C7094"/>
+    <w:rsid w:val="008D0861"/>
     <w:rsid w:val="008D2B97"/>
     <w:rsid w:val="008D49A5"/>
+    <w:rsid w:val="008D57D8"/>
     <w:rsid w:val="008D6C81"/>
+    <w:rsid w:val="008E2DFB"/>
     <w:rsid w:val="008E6CF0"/>
     <w:rsid w:val="008F1439"/>
+    <w:rsid w:val="008F4458"/>
     <w:rsid w:val="008F7051"/>
     <w:rsid w:val="009033A9"/>
     <w:rsid w:val="0090581D"/>
+    <w:rsid w:val="00910D3E"/>
     <w:rsid w:val="0091439C"/>
     <w:rsid w:val="00920572"/>
     <w:rsid w:val="00920BF2"/>
+    <w:rsid w:val="00926C0E"/>
+    <w:rsid w:val="00931126"/>
     <w:rsid w:val="009341B3"/>
     <w:rsid w:val="009349A9"/>
     <w:rsid w:val="00936C52"/>
     <w:rsid w:val="0095489B"/>
+    <w:rsid w:val="00954FA5"/>
+    <w:rsid w:val="0096032E"/>
+    <w:rsid w:val="00963677"/>
     <w:rsid w:val="00963FD8"/>
     <w:rsid w:val="00966FB9"/>
     <w:rsid w:val="00966FE5"/>
     <w:rsid w:val="009671CD"/>
+    <w:rsid w:val="00967ACF"/>
+    <w:rsid w:val="00967C06"/>
+    <w:rsid w:val="0097182C"/>
     <w:rsid w:val="009751A9"/>
     <w:rsid w:val="00980F9C"/>
+    <w:rsid w:val="009852F0"/>
     <w:rsid w:val="0098632B"/>
     <w:rsid w:val="009874EB"/>
     <w:rsid w:val="00997BFB"/>
     <w:rsid w:val="009A5C09"/>
     <w:rsid w:val="009A7348"/>
+    <w:rsid w:val="009B18C7"/>
     <w:rsid w:val="009B462C"/>
+    <w:rsid w:val="009C14F9"/>
     <w:rsid w:val="009C15F3"/>
     <w:rsid w:val="009C3689"/>
     <w:rsid w:val="009E07C2"/>
     <w:rsid w:val="009E0E52"/>
+    <w:rsid w:val="009E755A"/>
+    <w:rsid w:val="009F6684"/>
     <w:rsid w:val="009F72F9"/>
     <w:rsid w:val="00A00205"/>
     <w:rsid w:val="00A00AF0"/>
+    <w:rsid w:val="00A01225"/>
     <w:rsid w:val="00A14B5A"/>
     <w:rsid w:val="00A158B8"/>
+    <w:rsid w:val="00A25BC4"/>
     <w:rsid w:val="00A3567F"/>
     <w:rsid w:val="00A37698"/>
     <w:rsid w:val="00A41ED3"/>
     <w:rsid w:val="00A56A5A"/>
+    <w:rsid w:val="00A735E4"/>
+    <w:rsid w:val="00A73A52"/>
+    <w:rsid w:val="00A75B24"/>
     <w:rsid w:val="00A77E9B"/>
     <w:rsid w:val="00A81D82"/>
     <w:rsid w:val="00A9118F"/>
+    <w:rsid w:val="00A91599"/>
     <w:rsid w:val="00A93E33"/>
+    <w:rsid w:val="00A95AE6"/>
     <w:rsid w:val="00AB3129"/>
     <w:rsid w:val="00AB6970"/>
+    <w:rsid w:val="00AC03F6"/>
     <w:rsid w:val="00AC1939"/>
     <w:rsid w:val="00AC2FE2"/>
     <w:rsid w:val="00AC7C05"/>
     <w:rsid w:val="00AD167C"/>
     <w:rsid w:val="00AD17C7"/>
+    <w:rsid w:val="00AD35CC"/>
     <w:rsid w:val="00AD4041"/>
+    <w:rsid w:val="00AD7E2A"/>
     <w:rsid w:val="00AE302B"/>
+    <w:rsid w:val="00AF185E"/>
     <w:rsid w:val="00B0248D"/>
+    <w:rsid w:val="00B03468"/>
+    <w:rsid w:val="00B15F2F"/>
     <w:rsid w:val="00B16BE5"/>
     <w:rsid w:val="00B23A5E"/>
     <w:rsid w:val="00B259DF"/>
     <w:rsid w:val="00B44B1F"/>
     <w:rsid w:val="00B46A13"/>
     <w:rsid w:val="00B53F68"/>
     <w:rsid w:val="00B64141"/>
+    <w:rsid w:val="00B64D5E"/>
     <w:rsid w:val="00B64E72"/>
     <w:rsid w:val="00B77913"/>
     <w:rsid w:val="00B824FB"/>
     <w:rsid w:val="00B82646"/>
+    <w:rsid w:val="00B83A35"/>
+    <w:rsid w:val="00B84B1C"/>
+    <w:rsid w:val="00B90324"/>
     <w:rsid w:val="00B97359"/>
     <w:rsid w:val="00B97A8F"/>
     <w:rsid w:val="00BA4E58"/>
     <w:rsid w:val="00BA7074"/>
+    <w:rsid w:val="00BB2FCE"/>
     <w:rsid w:val="00BB5720"/>
     <w:rsid w:val="00BB7829"/>
+    <w:rsid w:val="00BC1591"/>
+    <w:rsid w:val="00BC554E"/>
+    <w:rsid w:val="00BC64D2"/>
     <w:rsid w:val="00BD1457"/>
+    <w:rsid w:val="00BD5BFA"/>
     <w:rsid w:val="00BD6B65"/>
     <w:rsid w:val="00BE106B"/>
     <w:rsid w:val="00BE2AD9"/>
     <w:rsid w:val="00BF27FE"/>
+    <w:rsid w:val="00BF4109"/>
     <w:rsid w:val="00BF7746"/>
     <w:rsid w:val="00C043B3"/>
     <w:rsid w:val="00C079AB"/>
     <w:rsid w:val="00C10E61"/>
     <w:rsid w:val="00C10F0D"/>
     <w:rsid w:val="00C111E3"/>
+    <w:rsid w:val="00C1235F"/>
     <w:rsid w:val="00C14787"/>
     <w:rsid w:val="00C1596D"/>
     <w:rsid w:val="00C15B8D"/>
     <w:rsid w:val="00C17010"/>
     <w:rsid w:val="00C20562"/>
     <w:rsid w:val="00C215C3"/>
+    <w:rsid w:val="00C21E9D"/>
     <w:rsid w:val="00C23A96"/>
     <w:rsid w:val="00C249C6"/>
     <w:rsid w:val="00C32CC1"/>
     <w:rsid w:val="00C426EC"/>
     <w:rsid w:val="00C6483C"/>
     <w:rsid w:val="00C64AE9"/>
     <w:rsid w:val="00C70CFF"/>
     <w:rsid w:val="00C718FE"/>
+    <w:rsid w:val="00C84317"/>
     <w:rsid w:val="00C86CEC"/>
     <w:rsid w:val="00C8773D"/>
     <w:rsid w:val="00C87ABB"/>
     <w:rsid w:val="00C91831"/>
     <w:rsid w:val="00C953DF"/>
     <w:rsid w:val="00C963E6"/>
-    <w:rsid w:val="00CB012D"/>
+    <w:rsid w:val="00CA56EA"/>
+    <w:rsid w:val="00CB2F4F"/>
+    <w:rsid w:val="00CD12A5"/>
     <w:rsid w:val="00CD5401"/>
     <w:rsid w:val="00CD6F4D"/>
     <w:rsid w:val="00CE2709"/>
     <w:rsid w:val="00CE2D64"/>
+    <w:rsid w:val="00CE34F8"/>
+    <w:rsid w:val="00CE6094"/>
     <w:rsid w:val="00CE6198"/>
     <w:rsid w:val="00CE6CD6"/>
     <w:rsid w:val="00CF3403"/>
     <w:rsid w:val="00CF6230"/>
+    <w:rsid w:val="00CF649D"/>
     <w:rsid w:val="00D017FC"/>
     <w:rsid w:val="00D0226A"/>
+    <w:rsid w:val="00D036C8"/>
+    <w:rsid w:val="00D03B46"/>
     <w:rsid w:val="00D13147"/>
     <w:rsid w:val="00D162F0"/>
+    <w:rsid w:val="00D30E54"/>
+    <w:rsid w:val="00D402BA"/>
     <w:rsid w:val="00D463FF"/>
+    <w:rsid w:val="00D505AB"/>
     <w:rsid w:val="00D5715A"/>
     <w:rsid w:val="00D60BCB"/>
     <w:rsid w:val="00D71687"/>
     <w:rsid w:val="00D74813"/>
+    <w:rsid w:val="00D91723"/>
     <w:rsid w:val="00D925D0"/>
     <w:rsid w:val="00DA30BC"/>
+    <w:rsid w:val="00DA4DD7"/>
     <w:rsid w:val="00DA6343"/>
     <w:rsid w:val="00DA69C2"/>
     <w:rsid w:val="00DA6D70"/>
+    <w:rsid w:val="00DB14A5"/>
     <w:rsid w:val="00DB6014"/>
     <w:rsid w:val="00DB6050"/>
+    <w:rsid w:val="00DC1067"/>
     <w:rsid w:val="00DC2C34"/>
     <w:rsid w:val="00DE2C87"/>
     <w:rsid w:val="00DE41BB"/>
     <w:rsid w:val="00DE459A"/>
+    <w:rsid w:val="00DE7D79"/>
     <w:rsid w:val="00DF27DA"/>
+    <w:rsid w:val="00DF2A60"/>
     <w:rsid w:val="00DF4DBE"/>
+    <w:rsid w:val="00E27D99"/>
+    <w:rsid w:val="00E320A4"/>
+    <w:rsid w:val="00E34491"/>
     <w:rsid w:val="00E40820"/>
     <w:rsid w:val="00E4658F"/>
     <w:rsid w:val="00E54A67"/>
+    <w:rsid w:val="00E5716A"/>
     <w:rsid w:val="00E61C0D"/>
     <w:rsid w:val="00E63EB4"/>
+    <w:rsid w:val="00E650F9"/>
     <w:rsid w:val="00E66160"/>
     <w:rsid w:val="00E71329"/>
+    <w:rsid w:val="00E82888"/>
     <w:rsid w:val="00E8363B"/>
+    <w:rsid w:val="00E83B76"/>
     <w:rsid w:val="00E84966"/>
+    <w:rsid w:val="00E8572C"/>
     <w:rsid w:val="00E92383"/>
     <w:rsid w:val="00EA1B3A"/>
     <w:rsid w:val="00EA2109"/>
+    <w:rsid w:val="00EA550D"/>
+    <w:rsid w:val="00EA567A"/>
     <w:rsid w:val="00EB057A"/>
+    <w:rsid w:val="00EB1A65"/>
+    <w:rsid w:val="00EB262D"/>
+    <w:rsid w:val="00EB2E0F"/>
     <w:rsid w:val="00EB6F1F"/>
+    <w:rsid w:val="00EC3EB9"/>
     <w:rsid w:val="00ED4D4E"/>
     <w:rsid w:val="00EE0C77"/>
     <w:rsid w:val="00EE4E54"/>
+    <w:rsid w:val="00EF42F1"/>
     <w:rsid w:val="00EF4334"/>
     <w:rsid w:val="00EF4642"/>
+    <w:rsid w:val="00F00F40"/>
+    <w:rsid w:val="00F17528"/>
+    <w:rsid w:val="00F21C27"/>
+    <w:rsid w:val="00F3643A"/>
+    <w:rsid w:val="00F378DE"/>
     <w:rsid w:val="00F37C5E"/>
     <w:rsid w:val="00F436BB"/>
+    <w:rsid w:val="00F45465"/>
     <w:rsid w:val="00F47145"/>
     <w:rsid w:val="00F50123"/>
     <w:rsid w:val="00F545BF"/>
+    <w:rsid w:val="00F615B3"/>
+    <w:rsid w:val="00F67F46"/>
+    <w:rsid w:val="00F710F0"/>
     <w:rsid w:val="00F71B56"/>
     <w:rsid w:val="00F832C8"/>
     <w:rsid w:val="00F873B3"/>
     <w:rsid w:val="00FA00BE"/>
     <w:rsid w:val="00FA33FE"/>
     <w:rsid w:val="00FA42B9"/>
     <w:rsid w:val="00FA755A"/>
     <w:rsid w:val="00FB23A8"/>
     <w:rsid w:val="00FB2B0F"/>
     <w:rsid w:val="00FB4F6B"/>
     <w:rsid w:val="00FB5FE1"/>
+    <w:rsid w:val="00FB6E6D"/>
     <w:rsid w:val="00FC0E8D"/>
     <w:rsid w:val="00FC46EF"/>
     <w:rsid w:val="00FD31B3"/>
     <w:rsid w:val="00FD40EB"/>
     <w:rsid w:val="00FD4204"/>
     <w:rsid w:val="00FF3CCB"/>
     <w:rsid w:val="00FF528C"/>
     <w:rsid w:val="00FF57B5"/>
     <w:rsid w:val="00FF7898"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26291BE1"/>
   <w15:docId w15:val="{1FFB1F25-DD3A-4304-B987-5C5BF61DD47B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7399,92 +7174,118 @@
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0021480F"/>
     <w:rPr>
       <w:color w:val="AA1C76" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1276080">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="91169340">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="145627504">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="202256884">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="220751287">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="244921382">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="317417849">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -7518,50 +7319,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="391660782">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="411853073">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="456877141">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="527062749">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -7583,103 +7397,220 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="688336539">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="815344854">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="843712160">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="877359444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="898785306">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="902834402">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="904491135">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="911891860">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="921137741">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="923339015">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="941956449">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="948438575">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="972953143">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1095595731">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1133518776">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1135879354">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -7701,50 +7632,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1208449172">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1346402663">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1391147290">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1391539353">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -7791,50 +7735,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1559897690">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1605724934">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1614702496">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1627659828">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -7856,77 +7813,116 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1669747968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1695155069">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1699160936">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1803226295">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1822113000">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1861898098">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1900550798">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1903518287">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -7973,71 +7969,84 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2113041173">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2121869988">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2005/1541/article/14/made" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2002/2677/regulation/13" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hse.gov.uk/pubns/books/l64.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2015/483/contents/made" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2005/1541/article/16/made" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2002/2677/regulation/13" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2015/483/contents/made" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2005/1541/article/16/made" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/uksi/2005/1541/article/14/made" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hse.gov.uk/pubns/books/l64.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ldunning\Downloads\ONR-DOC-TEMP-305%20-%20ONR%20Word%20Template%20-%20Generic.DOTX" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C5DC39C0-0CE5-4537-B89C-2FEA41A0420F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E318CE" w:rsidRDefault="007154C5" w:rsidP="007154C5">
           <w:pPr>
             <w:pStyle w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
           </w:pPr>
           <w:r w:rsidRPr="0069507A">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -8110,106 +8119,83 @@
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{91482595-A552-4826-943C-30779AA50C82}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7059B6F672C24F8487D7AFF2B2EB1FE6"/>
+        <w:name w:val="F19BEB5979E44A8AA9AA1960349F6CE3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{97C860AC-0002-4AB3-96F9-106123B0F416}"/>
+        <w:guid w:val="{54A76B6F-8BF5-43BF-9535-12775035916C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
+        <w:p w:rsidR="00816430" w:rsidRDefault="00816430" w:rsidP="00816430">
+          <w:pPr>
+            <w:pStyle w:val="F19BEB5979E44A8AA9AA1960349F6CE3"/>
+          </w:pPr>
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Status]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...24 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8223,120 +8209,140 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00350199"/>
     <w:rsid w:val="000779D5"/>
     <w:rsid w:val="00183F29"/>
+    <w:rsid w:val="00217790"/>
     <w:rsid w:val="002550FD"/>
+    <w:rsid w:val="00256F5E"/>
+    <w:rsid w:val="0030114C"/>
     <w:rsid w:val="00333F8E"/>
+    <w:rsid w:val="00336581"/>
     <w:rsid w:val="00350199"/>
+    <w:rsid w:val="00426901"/>
+    <w:rsid w:val="00490409"/>
     <w:rsid w:val="0053436B"/>
     <w:rsid w:val="007154C5"/>
+    <w:rsid w:val="007405B3"/>
     <w:rsid w:val="00764F6F"/>
+    <w:rsid w:val="007823DB"/>
+    <w:rsid w:val="00816430"/>
     <w:rsid w:val="00835E07"/>
+    <w:rsid w:val="0097182C"/>
     <w:rsid w:val="00A009A6"/>
     <w:rsid w:val="00A657B0"/>
     <w:rsid w:val="00A93F18"/>
+    <w:rsid w:val="00BF7215"/>
     <w:rsid w:val="00C17C1E"/>
     <w:rsid w:val="00C41BCC"/>
+    <w:rsid w:val="00C83CB5"/>
     <w:rsid w:val="00DB4B6B"/>
     <w:rsid w:val="00DD7BA4"/>
     <w:rsid w:val="00E27559"/>
     <w:rsid w:val="00E318CE"/>
     <w:rsid w:val="00E646E1"/>
+    <w:rsid w:val="00EA550D"/>
+    <w:rsid w:val="00F3643A"/>
+    <w:rsid w:val="00FE5FB9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8722,51 +8728,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007154C5"/>
+    <w:rsid w:val="00816430"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F91DE249B2D64236B5C9B282FE9D467B">
     <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:ind w:left="227"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="90"/>
       <w:szCs w:val="88"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="71855CAFCD0440C4880AB5CD94A60020">
     <w:name w:val="71855CAFCD0440C4880AB5CD94A60020"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
@@ -8784,55 +8790,68 @@
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1773E824CD9F477BB864AD976AEFC2AE">
     <w:name w:val="1773E824CD9F477BB864AD976AEFC2AE"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="22413A"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="22413A"/>
       <w:sz w:val="18"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F19BEB5979E44A8AA9AA1960349F6CE3">
+    <w:name w:val="F19BEB5979E44A8AA9AA1960349F6CE3"/>
+    <w:rsid w:val="00816430"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="ONR colours">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="07716C"/>
       </a:accent1>
       <a:accent2>
@@ -9003,161 +9022,880 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="66693000-3e12-4b44-a742-9a2ba35b7d28" ContentTypeId="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C57" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="HOW2 Hub Document" ma:contentTypeID="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227" ma:contentTypeVersion="220" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="98d39b6e1658d9aacee7a177cd0a3472">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4e2855-9588-4bc9-9890-af639bd565eb" xmlns:ns3="05350e14-297a-489c-ad04-faf6563b232c" xmlns:ns4="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="54e8bfbde86df188824f5bfe20fe19cc" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <xsd:import namespace="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <xsd:import namespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:PolicyPortalIssueNo" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocType" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDirectorate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessSpecialismFunctionTopic" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerPostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegatePostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegateRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalReviewDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueHistoryComments" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalFirstPublicationDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldRecordRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalPublishStatus" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:dd2817321d504f1caee75a1112d299d4" minOccurs="0"/>
+                <xsd:element ref="ns4:PCR_x003f_" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8c4e2855-9588-4bc9-9890-af639bd565eb" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="PolicyPortalIssueNo" ma:index="2" nillable="true" ma:displayName="Issue No." ma:internalName="PolicyPortalIssueNo" ma:percentage="FALSE">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDocRef" ma:index="3" nillable="true" ma:displayName="Doc. Ref." ma:internalName="PolicyPortalDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDocType" ma:index="4" nillable="true" ma:displayName="Doc. Type" ma:format="Dropdown" ma:internalName="PolicyPortalDocType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Framework/Strategy"/>
+          <xsd:enumeration value="Guidance (Gen.)"/>
+          <xsd:enumeration value="Handbook"/>
+          <xsd:enumeration value="HSW Standard"/>
+          <xsd:enumeration value="Instruction"/>
+          <xsd:enumeration value="Manual"/>
+          <xsd:enumeration value="MoU"/>
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="Procedure"/>
+          <xsd:enumeration value="Protocol"/>
+          <xsd:enumeration value="R2A2"/>
+          <xsd:enumeration value="Strategy"/>
+          <xsd:enumeration value="TAG"/>
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="TIG"/>
+          <xsd:enumeration value="TOR"/>
+          <xsd:enumeration value="N/A"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDirectorate" ma:index="5" nillable="true" ma:displayName="Directorate" ma:format="Dropdown" ma:internalName="PolicyPortalDirectorate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Corporate Security and Resilience Office"/>
+          <xsd:enumeration value="Finance"/>
+          <xsd:enumeration value="Governance and Private Office"/>
+          <xsd:enumeration value="HR"/>
+          <xsd:enumeration value="IT"/>
+          <xsd:enumeration value="New Reactors"/>
+          <xsd:enumeration value="Operating Facilities"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs"/>
+          <xsd:enumeration value="Technical"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessSpecialismFunctionTopic" ma:index="6" nillable="true" ma:displayName="Process / Specialism / Function / Topic" ma:format="Dropdown" ma:internalName="PolicyPortalProcessSpecialismFunctionTopic">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Academy - Training / L&amp;D"/>
+              <xsd:enumeration value="Accessibility"/>
+              <xsd:enumeration value="Accounting &amp; Budgeting"/>
+              <xsd:enumeration value="ALARP Working Group"/>
+              <xsd:enumeration value="Anti-Bribery and Corruption, and Fraud Prevention Compliance"/>
+              <xsd:enumeration value="Assessment (Nuclear safety)"/>
+              <xsd:enumeration value="Business Impact Target (BIT)"/>
+              <xsd:enumeration value="Business Travel"/>
+              <xsd:enumeration value="Change Management (Org.)"/>
+              <xsd:enumeration value="Chemistry &amp; Chemical Engineering"/>
+              <xsd:enumeration value="Civil Engineering"/>
+              <xsd:enumeration value="Civil Engineering and External Hazards (CEEH)"/>
+              <xsd:enumeration value="Civil Nuclear Security"/>
+              <xsd:enumeration value="Comms"/>
+              <xsd:enumeration value="Conducting Investigations"/>
+              <xsd:enumeration value="Compliance"/>
+              <xsd:enumeration value="Contractor Management"/>
+              <xsd:enumeration value="Cyber Security and Information Assurance"/>
+              <xsd:enumeration value="Data Protection"/>
+              <xsd:enumeration value="Defence - Propulsion"/>
+              <xsd:enumeration value="Delivery Lead - Technical Division (R&amp;TS)"/>
+              <xsd:enumeration value="Development of Regulations and Guides"/>
+              <xsd:enumeration value="Diversity &amp; Inclusion (HR)"/>
+              <xsd:enumeration value="Divisional Delivery Support (DDS)"/>
+              <xsd:enumeration value="EC&amp;I Engineering"/>
+              <xsd:enumeration value="Efficiency Framework"/>
+              <xsd:enumeration value="Emergency P&amp;R"/>
+              <xsd:enumeration value="Emergency Preparedness &amp; Response (EP&amp;R)"/>
+              <xsd:enumeration value="Environment and Sustainability"/>
+              <xsd:enumeration value="Estates"/>
+              <xsd:enumeration value="Expenses"/>
+              <xsd:enumeration value="Export Control"/>
+              <xsd:enumeration value="Fault Analysis"/>
+              <xsd:enumeration value="Freedom of Information (FOI) &amp; Gen. Enquiries"/>
+              <xsd:enumeration value="GDA"/>
+              <xsd:enumeration value="Gifts and Hospitality"/>
+              <xsd:enumeration value="Governance"/>
+              <xsd:enumeration value="Health, Safety and Wellbeing (HSW)"/>
+              <xsd:enumeration value="Human &amp; Organisational Capability"/>
+              <xsd:enumeration value="Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Information Management"/>
+              <xsd:enumeration value="Information Security"/>
+              <xsd:enumeration value="International Cooperation"/>
+              <xsd:enumeration value="Invoice Management"/>
+              <xsd:enumeration value="IT"/>
+              <xsd:enumeration value="Land Use Planning"/>
+              <xsd:enumeration value="Leadership and Management for Safety and Security"/>
+              <xsd:enumeration value="Learning &amp; Development"/>
+              <xsd:enumeration value="Legal Support"/>
+              <xsd:enumeration value="Management System"/>
+              <xsd:enumeration value="Mechanical Engineering"/>
+              <xsd:enumeration value="New build/construction"/>
+              <xsd:enumeration value="NHSS"/>
+              <xsd:enumeration value="Notification &amp; Authorisation"/>
+              <xsd:enumeration value="Nuclear Liabilities Regulation"/>
+              <xsd:enumeration value="Operating Reactors"/>
+              <xsd:enumeration value="Operational Inspection"/>
+              <xsd:enumeration value="Organisational Learning"/>
+              <xsd:enumeration value="People Services"/>
+              <xsd:enumeration value="Performance Management (HR)"/>
+              <xsd:enumeration value="Permissioning"/>
+              <xsd:enumeration value="PMO"/>
+              <xsd:enumeration value="Policy"/>
+              <xsd:enumeration value="Procurement"/>
+              <xsd:enumeration value="Radiological Protection &amp; Criticality"/>
+              <xsd:enumeration value="Regulations &amp; Regulatory Issues"/>
+              <xsd:enumeration value="Regulatory Assurance"/>
+              <xsd:enumeration value="Regulatory Oversight"/>
+              <xsd:enumeration value="Research &amp; Development"/>
+              <xsd:enumeration value="Risk Management"/>
+              <xsd:enumeration value="RITE"/>
+              <xsd:enumeration value="Safeguards"/>
+              <xsd:enumeration value="Safety Case Working Group"/>
+              <xsd:enumeration value="Security &amp; Information Regulatory Assurance"/>
+              <xsd:enumeration value="Sellafield"/>
+              <xsd:enumeration value="Shared Services"/>
+              <xsd:enumeration value="Structural Integrity"/>
+              <xsd:enumeration value="Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="Whistleblowing"/>
+              <xsd:enumeration value="WIReD"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessOwnerPostTitle" ma:index="7" nillable="true" ma:displayName="Process Owner (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalProcessOwnerPostTitle">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="CIO"/>
+          <xsd:enumeration value="CISO"/>
+          <xsd:enumeration value="Data Protection Officer (DPO)"/>
+          <xsd:enumeration value="Finance Director"/>
+          <xsd:enumeration value="Head of Governance and Private Office"/>
+          <xsd:enumeration value="HR Director"/>
+          <xsd:enumeration value="New Reactors Director"/>
+          <xsd:enumeration value="Operating Facilities Director"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste Director"/>
+          <xsd:enumeration value="Senior Director of Regulation"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs Director"/>
+          <xsd:enumeration value="Technical Director"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessOwnerRoleHolder" ma:index="8" nillable="true" ma:displayName="Process Owner (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalProcessOwnerRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegatePostTitle" ma:index="9" nillable="true" ma:displayName="Responsible Delegate (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalResponsibleDelegatePostTitle">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Chair of Accessibility Working Group (AWG)"/>
+              <xsd:enumeration value="Corporate Security Manager"/>
+              <xsd:enumeration value="Data Protection Compliance Lead"/>
+              <xsd:enumeration value="Deputy Regulatory Director (TD)"/>
+              <xsd:enumeration value="Deputy Director of Regulation"/>
+              <xsd:enumeration value="Executive Office Support"/>
+              <xsd:enumeration value="Export Control Manager"/>
+              <xsd:enumeration value="Governance and Compliance Lead"/>
+              <xsd:enumeration value="Governance Manager"/>
+              <xsd:enumeration value="Head of Academy"/>
+              <xsd:enumeration value="Head of Commercial Management and Procurement"/>
+              <xsd:enumeration value="Head of Communications"/>
+              <xsd:enumeration value="Head of Compliance"/>
+              <xsd:enumeration value="Head of Data and Analytics"/>
+              <xsd:enumeration value="Head of Governance and Compliance"/>
+              <xsd:enumeration value="Head of Executive Office"/>
+              <xsd:enumeration value="Head of Estates and Shared Services"/>
+              <xsd:enumeration value="Head of Finance and Commercial"/>
+              <xsd:enumeration value="Head of Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Head of International Strategy and Public Correspondence"/>
+              <xsd:enumeration value="Head of IT"/>
+              <xsd:enumeration value="Head of Legal Liaison"/>
+              <xsd:enumeration value="Head of Organisational Development (HR)"/>
+              <xsd:enumeration value="Head of Organisational Learning"/>
+              <xsd:enumeration value="Head of People Services"/>
+              <xsd:enumeration value="Head of PMO"/>
+              <xsd:enumeration value="Head of Policy"/>
+              <xsd:enumeration value="Head of Regulatory Policy and Standards"/>
+              <xsd:enumeration value="Head of Risk and Assurance"/>
+              <xsd:enumeration value="HoR - Advanced Nuclear Technologies (ANTs) and Holtec SMR-300 GDA"/>
+              <xsd:enumeration value="HoR - Development of Regulations and Guides"/>
+              <xsd:enumeration value="HoR - Emergency Preparedness and Response"/>
+              <xsd:enumeration value="HoR - Research and Development"/>
+              <xsd:enumeration value="HoR - Rolls-Royce SMR (GDA)"/>
+              <xsd:enumeration value="HoR - Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="HoR - Sellafield Compliance Intelligence and Enforcement"/>
+              <xsd:enumeration value="HoR - Sellafield Project Delivery"/>
+              <xsd:enumeration value="HoR - Sellafield Decommissioning"/>
+              <xsd:enumeration value="HoR - Regulatory Development"/>
+              <xsd:enumeration value="HoP - Civil Engineering and External Hazards"/>
+              <xsd:enumeration value="HoP - Cyber Security &amp; Information Assurance"/>
+              <xsd:enumeration value="HoP - Divisional Delivery Support"/>
+              <xsd:enumeration value="HoP - Electrical, Control and Instrumentation Engineering"/>
+              <xsd:enumeration value="HoP - Fault Analysis"/>
+              <xsd:enumeration value="HoP - Human and Organisational Capability"/>
+              <xsd:enumeration value="HoP - Innovation"/>
+              <xsd:enumeration value="HoP - Mechanical Engineering and Structural Integrity"/>
+              <xsd:enumeration value="HoP - Nuclear Internal Hazards and Site Safety"/>
+              <xsd:enumeration value="HoP - Nuclear Liabilities, Chemistry and Chemical Engineering"/>
+              <xsd:enumeration value="HoP - Operational Inspection"/>
+              <xsd:enumeration value="HoP - Protective Security"/>
+              <xsd:enumeration value="HoP - Radiological Protection and Criticality"/>
+              <xsd:enumeration value="HoP - Regulatory Programme and Business Management"/>
+              <xsd:enumeration value="HoP - Safeguards"/>
+              <xsd:enumeration value="HSW Manager"/>
+              <xsd:enumeration value="Information Management Manager"/>
+              <xsd:enumeration value="Legal Cell Lead"/>
+              <xsd:enumeration value="Regulatory Capability Lead"/>
+              <xsd:enumeration value="Regulatory Intelligence Lead"/>
+              <xsd:enumeration value="WIReD Product Owner"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegateRoleHolder" ma:index="10" nillable="true" ma:displayName="Responsible Delegate (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalResponsibleDelegateRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueDate" ma:index="11" nillable="true" ma:displayName="Issue Date" ma:format="DateOnly" ma:internalName="PolicyPortalIssueDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalReviewDate" ma:index="12" nillable="true" ma:displayName="Review Date" ma:format="DateOnly" ma:internalName="PolicyPortalReviewDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueHistoryComments" ma:index="15" nillable="true" ma:displayName="Issue History/Comments" ma:internalName="PolicyPortalIssueHistoryComments">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalFirstPublicationDate" ma:index="16" nillable="true" ma:displayName="First Publication Date" ma:format="DateOnly" ma:internalName="PolicyPortalFirstPublicationDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldDocRef" ma:index="17" nillable="true" ma:displayName="Old Doc. Ref." ma:internalName="PolicyPortalOldDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldRecordRef" ma:index="18" nillable="true" ma:displayName="Old Record Ref." ma:internalName="PolicyPortalOldRecordRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalPublishStatus" ma:index="25" nillable="true" ma:displayName="Publish Status" ma:format="Dropdown" ma:internalName="PolicyPortalPublishStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Live"/>
+          <xsd:enumeration value="Unpublished"/>
+          <xsd:enumeration value="Withdrawn"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="05350e14-297a-489c-ad04-faf6563b232c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="26" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="27" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="28" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="30" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="31" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{85a4ca9d-4aea-456d-868e-8e20a97dbaed}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="05350e14-297a-489c-ad04-faf6563b232c">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="dd2817321d504f1caee75a1112d299d4" ma:index="33" nillable="true" ma:taxonomy="true" ma:internalName="dd2817321d504f1caee75a1112d299d4" ma:taxonomyFieldName="Topic" ma:displayName="Topic" ma:default="" ma:fieldId="{dd281732-1d50-4f1c-aee7-5a1112d299d4}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="7b4e1cbc-bd02-4183-9474-8a15f7a1216f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PCR_x003f_" ma:index="34" nillable="true" ma:displayName="PCR?" ma:default="0" ma:description="Document forms part of the Policy Compliance Report for ARAC." ma:format="Dropdown" ma:internalName="PCR_x003f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="23" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <PolicyPortalProcessSpecialismFunctionTopic xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalFirstPublicationDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalProcessOwnerRoleHolder>
+    <PolicyPortalPublishStatus xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegatePostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="05350e14-297a-489c-ad04-faf6563b232c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">[Key words separated by commas]</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">f43e2310-82d5-44d8-a731-b695dd9d1339</TermId>
+        </TermInfo>
+      </Terms>
+    </TaxKeywordTaxHTField>
+    <PolicyPortalDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalDocType xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueNo xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldRecordRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerPostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegateRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalResponsibleDelegateRoleHolder>
+    <PolicyPortalDirectorate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <TaxCatchAll xmlns="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <dd2817321d504f1caee75a1112d299d4 xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </dd2817321d504f1caee75a1112d299d4>
+    <PolicyPortalReviewDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PCR_x003f_ xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">false</PCR_x003f_>
+    <PolicyPortalIssueHistoryComments xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE" Version="2006">
   <b:Source>
     <b:Tag>BSI23</b:Tag>
     <b:SourceType>ElectronicSource</b:SourceType>
     <b:Guid>{E1E5A203-58B2-4362-93A5-AB64E2BBE763}</b:Guid>
     <b:Title>BS EN ISO 7010:2020 - Graphical symbols on safety signs</b:Title>
     <b:Year>2023</b:Year>
     <b:Author>
       <b:Author>
         <b:Corporate>BSI</b:Corporate>
       </b:Author>
     </b:Author>
-    <b:RefOrder>1</b:RefOrder>
+    <b:RefOrder>3</b:RefOrder>
   </b:Source>
   <b:Source>
-    <b:Tag>2</b:Tag>
+    <b:Tag>ONR22</b:Tag>
     <b:SourceType>DocumentFromInternetSite</b:SourceType>
-    <b:Guid>{BED98315-ACE7-40E3-B490-42769502A650}</b:Guid>
-[...1 lines deleted...]
-    <b:URL>http://www.hse.gov.uk/pubns/books/l64.htm</b:URL>
+    <b:Guid>{0C6C75EB-5DD2-4063-AF04-809E01ED3FFB}</b:Guid>
     <b:Author>
       <b:Author>
-        <b:Corporate>HSE</b:Corporate>
+        <b:Corporate>ONR</b:Corporate>
       </b:Author>
     </b:Author>
+    <b:Title>ONR-RD-POL-002 - Risk Informed and Targeted Engagements (RITE) Policy</b:Title>
+    <b:URL>https://prodonrgov.sharepoint.com/sites/HOW2Hub</b:URL>
     <b:RefOrder>2</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>ONR21</b:Tag>
+    <b:SourceType>DocumentFromInternetSite</b:SourceType>
+    <b:Guid>{160AF229-2CE0-42AA-A3AB-E85B4AC49E80}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:Corporate>ONR</b:Corporate>
+      </b:Author>
+    </b:Author>
+    <b:Title>NS-INSP-GD-009 - LC9 Instructions to Persons on Site</b:Title>
+    <b:URL>https://prodonrgov.sharepoint.com/sites/HOW2Hub</b:URL>
+    <b:RefOrder>1</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD4ACEE8-6416-4481-AC1A-1DA95D6CE6CC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE5CCDB2-71CB-49CF-B0CA-2C4F7677E2FD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6607498F-7DBC-4513-BDBD-0DC13CCE6305}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61B9D5F9-C10C-4A47-BDB6-D527D8D07A49}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60B6A8AC-0F9A-47D6-99DA-DECE08F411F2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C6DD474-774A-4061-B553-EA213030E45C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5E2E929-D1E5-4BE5-857B-28C3B3D58464}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ONR-DOC-TEMP-305 - ONR Word Template - Generic</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>11019</Characters>
+  <Pages>1</Pages>
+  <Words>1259</Words>
+  <Characters>6992</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>25</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>170</Lines>
+  <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>LC 8 Warning Notices</vt:lpstr>
+      <vt:lpstr>LC8 Warning Notices</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Office for Nuclear Regulation</Manager>
   <Company>Office for Nuclear Regulation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12927</CharactersWithSpaces>
+  <CharactersWithSpaces>8164</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>LC 8 Warning Notices</dc:title>
+  <dc:title>LC8 Warning Notices</dc:title>
   <dc:subject>[Subtitle or description]</dc:subject>
-  <dc:creator>Liam Dunning</dc:creator>
   <cp:keywords>[Key words separated by commas]</cp:keywords>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:contentStatus>6.2</cp:contentStatus>
+  <cp:contentStatus>6.3</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SetDate">
     <vt:lpwstr>2022-06-21T13:59:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SiteId">
     <vt:lpwstr>742775df-8077-48d6-81d0-1e82a1f52cb8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ActionId">
     <vt:lpwstr>5adb9ef9-042f-4a28-9683-0abde8a796b5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
+    <vt:lpwstr>0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227</vt:lpwstr>
+  </property>
 </Properties>
 </file>