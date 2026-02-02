--- v0 (2025-11-01)
+++ v1 (2026-02-02)
@@ -1,3033 +1,2180 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6B608795" w14:textId="77777777" w:rsidR="007D78B4" w:rsidRDefault="007D78B4"/>
-[...138 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6B608795" w14:textId="243C9476" w:rsidR="007D78B4" w:rsidRDefault="003A624D">
       <w:r w:rsidRPr="00AA47E9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10B0A4AA" wp14:editId="237341DD">
-            <wp:simplePos x="685800" y="914400"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10B0A4AA" wp14:editId="625C0B74">
+            <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
-              <wp:align>left</wp:align>
+              <wp:posOffset>-52387</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
-              <wp:align>top</wp:align>
+              <wp:posOffset>-514350</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7568280" cy="10692360"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Picture 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print">
+                    <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7568280" cy="10692360"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p w14:paraId="60679250" w14:textId="77777777" w:rsidR="007D78B4" w:rsidRDefault="007D78B4"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-284" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="113" w:type="dxa"/>
+          <w:left w:w="198" w:type="dxa"/>
+          <w:bottom w:w="113" w:type="dxa"/>
+          <w:right w:w="198" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9156"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C20562" w:rsidRPr="00AA47E9" w14:paraId="6C65111E" w14:textId="77777777" w:rsidTr="00C1313C">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35C1F1C6" w14:textId="77777777" w:rsidR="00C20562" w:rsidRPr="00AA47E9" w:rsidRDefault="00C20562" w:rsidP="00323E71">
+            <w:bookmarkStart w:id="0" w:name="_Toc466022543"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D0226A" w:rsidRPr="00AA47E9" w14:paraId="6FF9A0F4" w14:textId="77777777" w:rsidTr="00881B6F">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="2778"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9156" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
+              <w:left w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
+              <w:bottom w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
+              <w:right w:val="single" w:sz="24" w:space="0" w:color="22413A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F059A92" w14:textId="42D32223" w:rsidR="00595C8C" w:rsidRPr="00AA47E9" w:rsidRDefault="00595C8C" w:rsidP="00595C8C">
+            <w:pPr>
+              <w:pStyle w:val="InnerCoverTitle"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA47E9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ONR </w:t>
+            </w:r>
+            <w:r w:rsidR="003A7E1C" w:rsidRPr="00AA47E9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Procedure</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:sz w:val="72"/>
+                <w:szCs w:val="72"/>
+              </w:rPr>
+              <w:id w:val="1228188510"/>
+              <w:placeholder>
+                <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              </w:placeholder>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="7C4EA414" w14:textId="4806B20D" w:rsidR="00D0226A" w:rsidRPr="00AA47E9" w:rsidRDefault="003C6D09" w:rsidP="001E03E1">
+                <w:pPr>
+                  <w:pStyle w:val="CoverTitle"/>
+                  <w:rPr>
+                    <w:szCs w:val="90"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:sdt>
+                  <w:sdtPr>
+                    <w:rPr>
+                      <w:sz w:val="72"/>
+                      <w:szCs w:val="72"/>
+                    </w:rPr>
+                    <w:alias w:val="Document Title"/>
+                    <w:tag w:val=""/>
+                    <w:id w:val="-1089070423"/>
+                    <w:lock w:val="sdtLocked"/>
+                    <w:placeholder>
+                      <w:docPart w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
+                    </w:placeholder>
+                    <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+                    <w15:color w:val="000000"/>
+                    <w15:appearance w15:val="hidden"/>
+                    <w:text/>
+                  </w:sdtPr>
+                  <w:sdtEndPr/>
+                  <w:sdtContent>
+                    <w:r w:rsidR="002327A8" w:rsidRPr="006F4415">
+                      <w:rPr>
+                        <w:sz w:val="72"/>
+                        <w:szCs w:val="72"/>
+                      </w:rPr>
+                      <w:t>Process for notifying incidents to ONR</w:t>
+                    </w:r>
+                  </w:sdtContent>
+                </w:sdt>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6AB6425B" w14:textId="253CB01A" w:rsidR="00D0226A" w:rsidRPr="00AA47E9" w:rsidRDefault="00D0226A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="6D1C8B33" w14:textId="77777777" w:rsidR="00267815" w:rsidRPr="00AA47E9" w:rsidRDefault="00267815">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA47E9">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108F43C7" w14:textId="4C9637EE" w:rsidR="00004C16" w:rsidRPr="00AA47E9" w:rsidRDefault="00004C16" w:rsidP="00004C16">
-[...24 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="1" w:name="_Toc219795041" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rStyle w:val="Style2"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof w:val="0"/>
+          <w:lang w:bidi="he-IL"/>
         </w:rPr>
-        <w:alias w:val="Title"/>
-[...7 lines deleted...]
-        <w:text/>
+        <w:id w:val="-794131657"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Table of Contents"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:rStyle w:val="DefaultParagraphFont"/>
-          <w:sz w:val="24"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="297D790E" w14:textId="7A0A9F75" w:rsidR="00004C16" w:rsidRPr="00AA47E9" w:rsidRDefault="008D6D82" w:rsidP="00004C16">
-          <w:r w:rsidRPr="00AA47E9">
+        <w:p w14:paraId="5887307D" w14:textId="6E49AECA" w:rsidR="00B826DE" w:rsidRPr="00B826DE" w:rsidRDefault="00B826DE" w:rsidP="00B826DE">
+          <w:pPr>
+            <w:pStyle w:val="NumList1"/>
+            <w:numPr>
+              <w:ilvl w:val="0"/>
+              <w:numId w:val="0"/>
+            </w:numPr>
+            <w:ind w:left="357" w:hanging="357"/>
             <w:rPr>
-              <w:rStyle w:val="Style2"/>
+              <w:sz w:val="52"/>
+              <w:szCs w:val="52"/>
             </w:rPr>
-            <w:t xml:space="preserve">Process for </w:t>
+          </w:pPr>
+          <w:r w:rsidRPr="00B826DE">
+            <w:rPr>
+              <w:sz w:val="52"/>
+              <w:szCs w:val="52"/>
+            </w:rPr>
+            <w:t>Contents</w:t>
           </w:r>
-          <w:r w:rsidR="00CC4A9A">
+        </w:p>
+        <w:p w14:paraId="51860901" w14:textId="2D49F55E" w:rsidR="005B2AAA" w:rsidRDefault="00B826DE">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
             <w:rPr>
-              <w:rStyle w:val="Style2"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
-            <w:t>n</w:t>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="00AA47E9">
+          <w:r>
+            <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:hyperlink w:anchor="_Toc220420613" w:history="1">
+            <w:r w:rsidR="005B2AAA" w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="005B2AAA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="005B2AAA" w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:r w:rsidR="005B2AAA">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="005B2AAA">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="005B2AAA">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420613 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005B2AAA">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="005B2AAA">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005B2AAA">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="005B2AAA">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1E145431" w14:textId="6320BCDA" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
             <w:rPr>
-              <w:rStyle w:val="Style2"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
-            <w:t xml:space="preserve">otifying </w:t>
-[...1 lines deleted...]
-          <w:r w:rsidR="00CC4A9A">
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420614" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>1.1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Purpose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420614 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0CEE93B3" w14:textId="05193B4B" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
             <w:rPr>
-              <w:rStyle w:val="Style2"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
-            <w:t>i</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidRPr="00AA47E9">
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420615" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>1.2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Scope</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420615 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="37A500D6" w14:textId="249A27BF" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
             <w:rPr>
-              <w:rStyle w:val="Style2"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
-            <w:t>ncidents to ONR</w:t>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420616" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>1.3.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Roles and responsibilities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420616 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="501DDE2B" w14:textId="42E7F9A9" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420617" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>1.4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Onward reporting of relevant information by ONR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420617 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="24E0FBF4" w14:textId="348E29FD" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420618" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>1.5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Definitions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420618 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="662E7B6E" w14:textId="511705F6" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420619" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Incident notification process</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420619 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="20422938" w14:textId="42122AED" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420620" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>2.1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Process overview</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420620 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2533FF4B" w14:textId="48CA0C60" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420621" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>2.2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Identifying an abnormal occurrence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420621 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="56D5B1B1" w14:textId="46DB9A7A" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420622" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>2.3.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Categorising abnormal occurrences as notifiable incidents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420622 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5F0EBE26" w14:textId="3D8C3A91" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420623" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>2.4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Abnormal occurrences that are not-notifiable incidents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420623 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="53A19264" w14:textId="38886825" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420624" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>2.5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Incident notification and submission routes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420624 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7879F751" w14:textId="584D5B5E" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420625" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>2.6.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Incident follow-up report (FUR) requirement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420625 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7A11DB54" w14:textId="49610195" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420626" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>2.7.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Incident follow-up report submission routes and timescales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420626 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1A181DEE" w14:textId="297CDE8B" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420627" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>2.8.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Conclusion of incident notification process</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420627 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2A40E30B" w14:textId="58FDD13A" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420628" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Process oversight</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420628 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1652DD96" w14:textId="57232B29" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="720"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420629" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Records</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420629 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="040B8D00" w14:textId="387E0E36" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420630" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>References</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420630 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4A2CF3BE" w14:textId="6ADA64A8" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420631" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Appendix A – Incident notification criteria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420631 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="398FA973" w14:textId="5D6509C5" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420632" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Appendix B – Incident particulars ONR requires and reporting timescales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420632 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="57646A0E" w14:textId="69263DD6" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="1440"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420633" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>B2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>FUR notifications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420633 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="42458DA7" w14:textId="74A17010" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC3"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="1440"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420634" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>B3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Reporting timescales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420634 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="01580F19" w14:textId="090142CF" w:rsidR="005B2AAA" w:rsidRDefault="005B2AAA">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:kern w:val="2"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc220420635" w:history="1">
+            <w:r w:rsidRPr="00731D7A">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Document Control Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc220420635 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="555C1FC6" w14:textId="2A47D3E0" w:rsidR="00B826DE" w:rsidRDefault="00B826DE">
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="02E58ECF" w14:textId="7CCDBFDA" w:rsidR="00F03343" w:rsidRPr="007D4658" w:rsidRDefault="00F03343" w:rsidP="00ED5E22">
-[...35 lines deleted...]
-        <w:t>Technical Director</w:t>
+    <w:p w14:paraId="5EF3F9E1" w14:textId="04FC0D0E" w:rsidR="00B826DE" w:rsidRDefault="00B826DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4912C63F" w14:textId="77777777" w:rsidR="00DE46E3" w:rsidRPr="00D64057" w:rsidRDefault="00DE46E3" w:rsidP="00ED5E22">
-[...2568 lines deleted...]
-    <w:p w14:paraId="49902E33" w14:textId="77777777" w:rsidR="0098384B" w:rsidRPr="00AA47E9" w:rsidRDefault="0098384B" w:rsidP="00E71E5B">
+    <w:p w14:paraId="43A875A4" w14:textId="19333CAA" w:rsidR="008D49A5" w:rsidRPr="00AA47E9" w:rsidRDefault="00B75F7B" w:rsidP="003D0125">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:numPr>
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_Toc191381879"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc220420613"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">1. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B75F7B">
         <w:t>Introduction</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="3C3816EE" w14:textId="77777777" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00891F5B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="792"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc95477399"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="_Hlk95478167"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc95477399"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc219795042"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc220420614"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk95478167"/>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>Purpose</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="13743B7F" w14:textId="1B2A3F4B" w:rsidR="00B5296F" w:rsidRDefault="189182F8" w:rsidP="007034AF">
       <w:r>
         <w:t>ONR is the UK</w:t>
       </w:r>
       <w:r w:rsidR="03E320E7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">enforcing authority for legislation related to its five statutory purposes. This legislation places duties on organisations and individuals undertaking relevant activities. Some of these duties include notifying the enforcing authority of incidents. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED48585" w14:textId="5CE98A7E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="00181B0C" w:rsidP="007034AF">
       <w:r>
         <w:t>ONR’s notification process</w:t>
       </w:r>
       <w:r w:rsidR="00A2316C">
         <w:t>, described in this document,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> gives dutyholders a consistent and transparent </w:t>
       </w:r>
       <w:r w:rsidR="007404C4">
         <w:t>mechanism</w:t>
       </w:r>
       <w:r w:rsidR="003D7428">
@@ -3124,85 +2271,87 @@
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00BC03A6" w:rsidRPr="00BC03A6">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[2]</w:t>
           </w:r>
           <w:r w:rsidR="00956848" w:rsidRPr="00AA47E9">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00FF6483">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D287DA1" w14:textId="77777777" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00E0093F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="792"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc95477400"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc191381881"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc95477400"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc219795043"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc220420615"/>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>Scope</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="756867D2" w14:textId="77777777" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="007034AF">
       <w:r w:rsidRPr="00AA47E9">
         <w:t>This process applies to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4163D76E" w14:textId="77777777" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="009B0A0C">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>Dutyholders where ONR is the enforcing authority; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E90EC9F" w14:textId="77777777" w:rsidR="009473FC" w:rsidRDefault="006000C4" w:rsidP="009473FC">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">Incidents that are relevant to ONR’s statutory purposes as defined in Part 3 of The Energy Act 2013 </w:t>
       </w:r>
       <w:r w:rsidR="00956848" w:rsidRPr="00AA47E9">
         <w:t>(TEA13)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F55826" w14:textId="73B155C6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00F54C75">
+    <w:p w14:paraId="42F55826" w14:textId="73B155C6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4">
       <w:r w:rsidRPr="00FE3E8C">
         <w:t>This process does not apply to ONR’s regulatory response to incidents. ONR will respond to incidents in accordance with the ONR Enforcement Policy</w:t>
       </w:r>
       <w:r w:rsidR="00D76A2E">
         <w:t xml:space="preserve"> Statement</w:t>
       </w:r>
       <w:r w:rsidR="00F65BA4" w:rsidRPr="00FE3E8C">
         <w:t>, ref.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3E8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1496614389"/>
           <w:citation/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="008C7597">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00D63A29" w:rsidRPr="008C7597">
             <w:instrText xml:space="preserve">CITATION ONR20 \l 2057 </w:instrText>
           </w:r>
@@ -3666,88 +2815,87 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA47E9">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="006000C4" w:rsidRPr="00AA47E9">
         <w:t>Reporting of Injuries, Diseases and Dangerous Occurrences Regulations 2013 (RIDDOR)</w:t>
       </w:r>
       <w:r w:rsidR="00A3117B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54A8A656" w14:textId="77777777" w:rsidR="009E4CAA" w:rsidRPr="00AA47E9" w:rsidRDefault="009E4CAA" w:rsidP="00974F46">
       <w:pPr>
         <w:pStyle w:val="Bulletlist1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="357"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1038B93F" w14:textId="0E61D3D1" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="007034AF">
+    <w:p w14:paraId="2621CA2C" w14:textId="77777777" w:rsidR="00B67258" w:rsidRDefault="006000C4" w:rsidP="002A11B4">
       <w:r w:rsidRPr="009369DF">
         <w:t>All other government and emergency incident notifications are outside the scope of this process</w:t>
       </w:r>
       <w:r w:rsidR="00F348BF">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="009369DF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00956848" w:rsidRPr="009369DF">
-[...1 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Toc95477401"/>
     </w:p>
-    <w:p w14:paraId="6B276952" w14:textId="4A189B4E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00891F5B">
+    <w:p w14:paraId="6B276952" w14:textId="5EE8DAE1" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="007424C2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="792"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc95477401"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc191381882"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc219795044"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc220420616"/>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">Roles </w:t>
       </w:r>
       <w:r w:rsidRPr="00595148">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>esponsibilities</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="62005AE9" w14:textId="492FA18A" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="007034AF">
       <w:r w:rsidRPr="00AA47E9">
         <w:t>The relevant dutyholders are responsible for following this process to notify ONR of incidents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42AC7AAE" w14:textId="57C8FCA3" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="007034AF">
       <w:r>
         <w:t>ONR is responsible for maintaining this process</w:t>
       </w:r>
       <w:r w:rsidR="007B6A9A">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00ED103C">
         <w:t xml:space="preserve">arrangements </w:t>
       </w:r>
       <w:r w:rsidR="00BB52AE">
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="00795878">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>receipt of incident notifications</w:t>
       </w:r>
@@ -3759,137 +2907,141 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve">providing advice to dutyholders on understanding, implementing and complying with this process and </w:t>
       </w:r>
       <w:r w:rsidR="00BB52AE">
         <w:t xml:space="preserve">associated </w:t>
       </w:r>
       <w:r w:rsidR="000548A2">
         <w:t xml:space="preserve">supporting </w:t>
       </w:r>
       <w:r>
         <w:t>guidance</w:t>
       </w:r>
       <w:r w:rsidR="00186BA5">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000548A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59C25C29" w14:textId="3CD2229B" w:rsidR="45571113" w:rsidRDefault="3FCFC5A6" w:rsidP="00891F5B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="792"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc191381883"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc219795045"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc220420617"/>
       <w:r w:rsidRPr="63DEDAD0">
         <w:t>Onward reporting of relevant information by ONR</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="63DEDAD0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ED0FC89" w14:textId="473BB956" w:rsidR="45571113" w:rsidRPr="00277219" w:rsidRDefault="23D24681" w:rsidP="31C6B97F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="31C6B97F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
         <w:t>Dutyholders should note that detail of some incidents reported to ONR will be shared with the Department for Energy Security and Net Zero (DESNZ) by virtue of agreed ministerial reporting arrangements between ONR and DESNZ. For further details, please refer to</w:t>
       </w:r>
       <w:r w:rsidR="7D7FA1A0" w:rsidRPr="31C6B97F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ONR’s </w:t>
       </w:r>
       <w:r w:rsidR="7BFE298B" w:rsidRPr="31C6B97F">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
         <w:t>website (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="7D7FA1A0" w:rsidRPr="31C6B97F">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Notify ONR | Office for Nuclear Regulation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="7D7FA1A0">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="7BFE298B">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E5F0D21" w14:textId="761B8288" w:rsidR="45571113" w:rsidRDefault="45571113"/>
     <w:p w14:paraId="6DEB3D79" w14:textId="41A9ABB5" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00610FEA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="792"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc95477402"/>
-      <w:bookmarkStart w:id="11" w:name="_Toc191381884"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc95477402"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc219795046"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc220420618"/>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>Definitions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="74A24A1C" w14:textId="77777777" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="007034AF">
       <w:r w:rsidRPr="00AA47E9">
         <w:t>This document uses the following definitions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53EF869C" w14:textId="10758F0A" w:rsidR="007034AF" w:rsidRPr="00AA47E9" w:rsidRDefault="007034AF" w:rsidP="007034AF">
+    <w:p w14:paraId="53EF869C" w14:textId="5D4FB6E4" w:rsidR="007034AF" w:rsidRPr="00AA47E9" w:rsidRDefault="007034AF" w:rsidP="007034AF">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidR="007A6754">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="007A6754">
         <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidR="007A6754">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C3237A">
+      <w:r w:rsidR="00902C11">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="007A6754">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>: Table of definitions</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ONRTable1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2124"/>
         <w:gridCol w:w="6892"/>
@@ -4773,55 +3925,58 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="01733970" w14:textId="2BFFD611" w:rsidR="005A390D" w:rsidRPr="00AA47E9" w:rsidRDefault="005A390D" w:rsidP="00213A4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:t>REPPIR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3822" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C6F3609" w14:textId="57BE5709" w:rsidR="005A390D" w:rsidRPr="00AA47E9" w:rsidRDefault="00BA5EC2" w:rsidP="00213A4D">
+          <w:p w14:paraId="3C6F3609" w14:textId="543CBD83" w:rsidR="005A390D" w:rsidRPr="00AA47E9" w:rsidRDefault="00013A8B" w:rsidP="00213A4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
-            <w:r w:rsidRPr="00BA5EC2">
+            <w:r>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA5EC2" w:rsidRPr="00BA5EC2">
               <w:t>Radiation (Emergency Preparedness and Public Information) Regulations 2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="070CDC2E" w14:textId="77777777" w:rsidTr="6155E250">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1178" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5B508E46" w14:textId="77777777" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
@@ -4926,326 +4081,295 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="30948B16" w14:textId="564FA89A" w:rsidR="00C526D8" w:rsidRPr="00AA47E9" w:rsidRDefault="00C526D8" w:rsidP="00C526D8">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r w:rsidRPr="00337E9E">
               <w:t>Well Informed Regulatory Decisions</w:t>
             </w:r>
             <w:r w:rsidR="003E0A90">
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidRPr="00337E9E">
               <w:t>a platform that integrates ONR’s regulatory business processes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7637B37A" w14:textId="77777777" w:rsidR="006000C4" w:rsidRDefault="006000C4" w:rsidP="00FA75EE"/>
     <w:p w14:paraId="31D073B9" w14:textId="77777777" w:rsidR="00FA75EE" w:rsidRDefault="00FA75EE" w:rsidP="00FA75EE"/>
     <w:p w14:paraId="0133BBBB" w14:textId="77777777" w:rsidR="00FA75EE" w:rsidRDefault="00FA75EE" w:rsidP="00FA75EE"/>
     <w:p w14:paraId="1AD2B48C" w14:textId="77777777" w:rsidR="00FA75EE" w:rsidRPr="00FA75EE" w:rsidRDefault="00FA75EE" w:rsidP="00270C7E">
       <w:pPr>
-        <w:sectPr w:rsidR="00FA75EE" w:rsidRPr="00FA75EE" w:rsidSect="0098384B">
+        <w:sectPr w:rsidR="00FA75EE" w:rsidRPr="00FA75EE" w:rsidSect="00CE6E47">
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61FB8DB6" w14:textId="47816216" w:rsidR="006000C4" w:rsidRPr="00456138" w:rsidRDefault="006000C4" w:rsidP="00456138">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc95477403"/>
-      <w:bookmarkStart w:id="13" w:name="_Toc191381885"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc95477403"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc219795047"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc220420619"/>
       <w:r w:rsidRPr="00AA47E9">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Incident </w:t>
       </w:r>
       <w:r w:rsidR="007757D7">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">otification </w:t>
       </w:r>
       <w:r w:rsidR="007757D7">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>rocess</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="0A7873DC" w14:textId="1FFC0316" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00891F5B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="792"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc95477404"/>
-      <w:bookmarkStart w:id="15" w:name="_Toc191381886"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc95477404"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc219795048"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc220420620"/>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">Process </w:t>
       </w:r>
       <w:r w:rsidR="007757D7">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>verview</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="4A01723F" w14:textId="25A23C04" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="007034AF">
+    <w:p w14:paraId="253569E8" w14:textId="77777777" w:rsidR="00CF0C38" w:rsidRDefault="006000C4" w:rsidP="00CF0C38">
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">This process enables dutyholders to communicate to ONR the relevant information for incidents they are legally required to notify to ONR. </w:t>
       </w:r>
-      <w:r w:rsidR="007757D7" w:rsidRPr="00CB241C">
-[...28 lines deleted...]
-      <w:r w:rsidR="007757D7" w:rsidRPr="00CB241C">
+      <w:r w:rsidR="009758B8" w:rsidRPr="00B01B5F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure </w:t>
       </w:r>
-      <w:r w:rsidR="007757D7" w:rsidRPr="00CB241C">
+      <w:r w:rsidR="009758B8">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="007757D7" w:rsidRPr="00CB241C">
-[...4 lines deleted...]
-      </w:r>
       <w:r w:rsidR="007757D7">
         <w:t xml:space="preserve"> is a </w:t>
       </w:r>
       <w:r w:rsidR="007757D7" w:rsidRPr="00AA47E9">
         <w:t>diagram</w:t>
       </w:r>
       <w:r w:rsidR="007757D7">
         <w:t xml:space="preserve">matic representation </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="007757D7">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> process; </w:t>
       </w:r>
       <w:r w:rsidR="007757D7">
         <w:t>with the corresponding sub</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>section number providing details of each step.</w:t>
       </w:r>
+      <w:r w:rsidR="004C3BF6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="08B41859" w14:textId="71C7656E" w:rsidR="007757D7" w:rsidRPr="007757D7" w:rsidRDefault="007757D7" w:rsidP="007757D7">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4680BDFB" w14:textId="77777777" w:rsidR="00DF0A57" w:rsidRDefault="00DF0A57" w:rsidP="00CF0C38"/>
+    <w:p w14:paraId="0035E707" w14:textId="4A9EDC5D" w:rsidR="00DF17D3" w:rsidRDefault="00DF17D3" w:rsidP="00DF17D3">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF17D3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54C0EF95" wp14:editId="4F56F5B0">
-[...2 lines deleted...]
-            <wp:docPr id="862147835" name="Picture 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4B78BEFD" wp14:editId="6537B686">
+            <wp:extent cx="5498086" cy="5848350"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:docPr id="936493396" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="936493396" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19">
-[...5 lines deleted...]
-                    </a:blip>
+                    <a:blip r:embed="rId18"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5621726" cy="5963242"/>
+                      <a:ext cx="5520013" cy="5871674"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF9D92D" w14:textId="4CDDA0E1" w:rsidR="006000C4" w:rsidRPr="00B01B5F" w:rsidRDefault="007034AF" w:rsidP="007757D7">
-[...2 lines deleted...]
-        <w:spacing w:before="240" w:after="240"/>
+    <w:p w14:paraId="373A2C4B" w14:textId="77777777" w:rsidR="00A461F5" w:rsidRDefault="00A461F5" w:rsidP="00CF0C38">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Ref176255129"/>
+    </w:p>
+    <w:p w14:paraId="7DF9D92D" w14:textId="5A848F46" w:rsidR="006000C4" w:rsidRDefault="00DF17D3" w:rsidP="00CF0C38">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Ref176255129"/>
-      <w:r w:rsidRPr="00B01B5F">
+      <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="007034AF" w:rsidRPr="00CF0C38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>igure</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidR="00CF0C38" w:rsidRPr="00CF0C38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="007034AF" w:rsidRPr="00CF0C38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>: Process for notifying incidents to ONR</w:t>
+      </w:r>
+      <w:r w:rsidR="007034AF" w:rsidRPr="00CF0C38">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Figure </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C62891" w:rsidRPr="00B01B5F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373AF29A" w14:textId="77777777" w:rsidR="00A461F5" w:rsidRDefault="00A461F5" w:rsidP="00CF0C38">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...38 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D74564A" w14:textId="77777777" w:rsidR="00FD3A30" w:rsidRDefault="00FD3A30" w:rsidP="00FD3A30"/>
-    <w:p w14:paraId="7E402A9F" w14:textId="77777777" w:rsidR="00FD3A30" w:rsidRPr="00FD3A30" w:rsidRDefault="00FD3A30" w:rsidP="00FD3A30"/>
     <w:p w14:paraId="70927CA9" w14:textId="4FE98BAF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00891F5B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="792"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc95477405"/>
-      <w:bookmarkStart w:id="18" w:name="_Toc191381887"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc95477405"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc219795049"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc220420621"/>
       <w:r w:rsidRPr="00AA47E9">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Identifying an </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">bnormal </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>ccurrence</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="3A60B677" w14:textId="1D518FFD" w:rsidR="00EF0084" w:rsidRDefault="006000C4" w:rsidP="007034AF">
       <w:r w:rsidRPr="00AA47E9">
         <w:t>Safety, security, safeguards</w:t>
       </w:r>
       <w:r w:rsidR="004650BA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B7C4A">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>transport of radioactive materials legislation</w:t>
       </w:r>
       <w:r w:rsidR="00FE014C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>require</w:t>
       </w:r>
       <w:r w:rsidR="009007D5">
         <w:t>s</w:t>
@@ -5278,81 +4402,83 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E19CA">
         <w:t xml:space="preserve">at sites where ONR is the enforcing authority. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EC55688" w14:textId="35E8ADCF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="007034AF">
       <w:r>
         <w:t xml:space="preserve">This process is intended to integrate with the dutyholders’ arrangements for </w:t>
       </w:r>
       <w:r w:rsidR="00FF693A">
         <w:t xml:space="preserve">abnormal </w:t>
       </w:r>
       <w:r>
         <w:t>occurrences.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3395720E" w14:textId="0FA05140" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00891F5B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="792"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc95477406"/>
-      <w:bookmarkStart w:id="20" w:name="_Toc191381888"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc95477406"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc219795050"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc220420622"/>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">Categorising </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">bnormal </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">ccurrences as </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">otifiable </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>ncidents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FEFFF8E" w14:textId="6E6ABB83" w:rsidR="00A81CEE" w:rsidRDefault="006000C4" w:rsidP="007034AF">
       <w:r w:rsidRPr="00AA47E9">
         <w:t>Notifiable incidents are a sub-set of abnormal occurrences.</w:t>
       </w:r>
       <w:r w:rsidR="0060517A">
         <w:t xml:space="preserve"> Notifiable incidents </w:t>
       </w:r>
       <w:r w:rsidR="00E009D9">
         <w:t xml:space="preserve">should be categorised </w:t>
       </w:r>
       <w:r w:rsidR="00CE7FDD">
         <w:t xml:space="preserve">by dutyholders </w:t>
       </w:r>
       <w:r w:rsidR="00E009D9">
         <w:t xml:space="preserve">according to the </w:t>
       </w:r>
       <w:r w:rsidR="002C0215">
         <w:t xml:space="preserve">notification </w:t>
       </w:r>
       <w:r w:rsidR="00E009D9">
         <w:t>criteria defined in Appendix A</w:t>
@@ -5494,51 +4620,51 @@
       </w:r>
       <w:r w:rsidR="006F4476">
         <w:t xml:space="preserve"> and is broadly applicable</w:t>
       </w:r>
       <w:r w:rsidR="008A7C51">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="074543FA" w14:textId="6AF3ED9E" w:rsidR="006000C4" w:rsidRDefault="00204660" w:rsidP="007034AF">
       <w:r>
         <w:t xml:space="preserve">Timeframes for notifying ONR are </w:t>
       </w:r>
       <w:r w:rsidR="00223DD3">
         <w:t>included</w:t>
       </w:r>
       <w:r w:rsidR="00A81CEE">
         <w:t xml:space="preserve"> in Appendix A</w:t>
       </w:r>
       <w:r w:rsidR="001A2EBB">
         <w:t xml:space="preserve"> and further information on </w:t>
       </w:r>
       <w:r w:rsidR="00973164">
         <w:t>ONR’s expectations is provided in Appendix B.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02978EBB" w14:textId="7ABFDFC1" w:rsidR="00D061DB" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00D061DB">
+    <w:p w14:paraId="02978EBB" w14:textId="613DE4AA" w:rsidR="00D061DB" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00D061DB">
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">ONR has produced </w:t>
       </w:r>
       <w:r w:rsidR="00932AA1">
         <w:t xml:space="preserve">additional </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>guidance to help dutyholders implement these criteria in their arrangements for categorising abnormal occurrence</w:t>
       </w:r>
       <w:r w:rsidR="00842AA0">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="001D4F20">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00D061DB">
         <w:t>refs</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2138375636"/>
           <w:citation/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -5676,304 +4802,311 @@
           </w:r>
           <w:r w:rsidR="00D061DB">
             <w:instrText xml:space="preserve">CITATION ONR281 \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="00D061DB">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="00BC03A6">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00BC03A6" w:rsidRPr="00BC03A6">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[9]</w:t>
           </w:r>
           <w:r w:rsidR="00D061DB">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D061DB">
-        <w:t xml:space="preserve"> .</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00154331">
         <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="3EF2A326">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D061DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D061DB" w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A2F7216" w14:textId="499F5978" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="007034AF">
       <w:r w:rsidRPr="00AA47E9">
         <w:t>Where an incident meets multiple incident notification categories the dutyholder should apply the shortest</w:t>
       </w:r>
       <w:r w:rsidR="00ED7644">
         <w:t xml:space="preserve"> relevant</w:t>
       </w:r>
       <w:r w:rsidR="00BE7513">
         <w:t xml:space="preserve"> reporting</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE7513" w:rsidRPr="00AA47E9">
         <w:t>time</w:t>
       </w:r>
       <w:r w:rsidR="005B25F7">
         <w:t>scale</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00856194">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49389800" w14:textId="778C1EE6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00891F5B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="792"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc95477407"/>
-      <w:bookmarkStart w:id="22" w:name="_Toc191381889"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc95477407"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc219795051"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc220420623"/>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">Abnormal </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">ccurrences that are </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>ot-</w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">otifiable </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>ncidents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="1B2C01F5" w14:textId="26FED16E" w:rsidR="006000C4" w:rsidRDefault="006000C4" w:rsidP="00E36269">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">Dutyholders should not use this process to notify ONR of abnormal occurrences that do not meet the notification </w:t>
       </w:r>
       <w:r w:rsidR="00A65C0B">
         <w:t>criteria in Appendix A.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> This does not preclude dutyholders from informing ONR</w:t>
       </w:r>
       <w:r w:rsidR="006B7ED6">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0005273B">
         <w:t xml:space="preserve">such as </w:t>
       </w:r>
       <w:r w:rsidR="000416D2">
         <w:t>contact</w:t>
       </w:r>
       <w:r w:rsidR="00A86D70">
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
       <w:r w:rsidR="0005273B" w:rsidRPr="00AA47E9">
         <w:t>the relevant site inspector</w:t>
       </w:r>
       <w:r w:rsidR="000416D2">
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidR="0005273B" w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>of these abnormal occurrences outside the scope of this process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="342778DE" w14:textId="77777777" w:rsidR="006D4C34" w:rsidRDefault="006D4C34" w:rsidP="00E36269">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E141654" w14:textId="1DE8618A" w:rsidR="006D4C34" w:rsidRDefault="743D2245" w:rsidP="009B6F52">
+    <w:p w14:paraId="3E141654" w14:textId="5033944C" w:rsidR="006D4C34" w:rsidRDefault="743D2245" w:rsidP="009B6F52">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r w:rsidR="07CD21BC">
         <w:t xml:space="preserve">making </w:t>
       </w:r>
       <w:r>
         <w:t>other notifications</w:t>
       </w:r>
       <w:r w:rsidR="2CC5DB4B">
         <w:t xml:space="preserve"> to ONR</w:t>
       </w:r>
       <w:r w:rsidR="3048AFDE">
-        <w:t xml:space="preserve"> that do not related to incidents</w:t>
+        <w:t xml:space="preserve"> that do not relate to incidents</w:t>
       </w:r>
       <w:r w:rsidR="2CC5DB4B">
         <w:t xml:space="preserve">, refer to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidR="17D6AD8D" w:rsidRPr="31C6B97F">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Notify ONR | Office for Nuclear Regulation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="3048AFDE">
         <w:t xml:space="preserve">. For </w:t>
       </w:r>
       <w:r w:rsidR="15EE31A6">
         <w:t>reporting concerns</w:t>
       </w:r>
       <w:r w:rsidR="795C90FA">
         <w:t xml:space="preserve">, refer to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId20">
         <w:r w:rsidR="5290A0BA" w:rsidRPr="31C6B97F">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Contact ONR | Office for Nuclear Regulation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="3BD72403">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="17D6AD8D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE7C9E4" w14:textId="77777777" w:rsidR="004310ED" w:rsidRDefault="004310ED" w:rsidP="009B6F52">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0253D233" w14:textId="73BC2669" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00FD009E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="792"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc95477408"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="_Toc191381890"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc95477408"/>
+      <w:bookmarkStart w:id="35" w:name="_Ref120529869"/>
+      <w:bookmarkStart w:id="36" w:name="_Ref158033987"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc219795052"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc220420624"/>
       <w:r w:rsidRPr="00AA47E9">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Incident </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>otification</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidR="00F1310C">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00591289">
         <w:t xml:space="preserve"> su</w:t>
       </w:r>
       <w:r w:rsidR="00C34B99">
         <w:t>bmission</w:t>
       </w:r>
       <w:r w:rsidR="003313F5">
         <w:t xml:space="preserve"> routes</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="00803230">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B55043E" w14:textId="3E50B2C5" w:rsidR="00432F78" w:rsidRDefault="00D67F98" w:rsidP="00AA2044">
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
       <w:r>
         <w:t>Upon identify</w:t>
       </w:r>
       <w:r w:rsidR="00B85B82">
         <w:t xml:space="preserve">ing an incident as </w:t>
       </w:r>
       <w:r w:rsidR="00144124">
         <w:t>notifiable</w:t>
       </w:r>
       <w:r w:rsidR="00B85B82">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00FC5B8B">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00B638FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B85B82">
         <w:t xml:space="preserve">dutyholder should </w:t>
       </w:r>
       <w:r w:rsidR="00315B8E">
         <w:t xml:space="preserve">communicate the </w:t>
       </w:r>
       <w:r w:rsidR="00EA2EB3">
         <w:t>incident to ONR</w:t>
       </w:r>
       <w:r w:rsidR="00577F14">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1675C03A" w14:textId="3CA55AD9" w:rsidR="001200CD" w:rsidRPr="00C11347" w:rsidRDefault="00947E18" w:rsidP="31C6B97F">
+    <w:p w14:paraId="1675C03A" w14:textId="63717E10" w:rsidR="001200CD" w:rsidRPr="00C11347" w:rsidRDefault="00947E18" w:rsidP="31C6B97F">
       <w:pPr>
         <w:pStyle w:val="Bulletlist2"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>For ONR incident categories</w:t>
       </w:r>
       <w:r w:rsidR="00774997">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA6F26">
         <w:t xml:space="preserve">beginning </w:t>
       </w:r>
       <w:r w:rsidR="009B23F0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B23F0" w:rsidRPr="31C6B97F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>AN, NS, RS, SC, SG,TS</w:t>
       </w:r>
@@ -5982,51 +5115,51 @@
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="007A00AC" w:rsidRPr="007A00AC">
         <w:t xml:space="preserve">as listed </w:t>
       </w:r>
       <w:r w:rsidR="00BE6B42" w:rsidRPr="007A00AC">
         <w:t>in Appendix A</w:t>
       </w:r>
       <w:r w:rsidR="0019472E">
         <w:t>, Col 1</w:t>
       </w:r>
       <w:r w:rsidR="009B23F0">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F67392">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00A50B9A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00635437">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00AD2113" w:rsidRPr="00A20F58">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">ONR dutyholder </w:t>
         </w:r>
         <w:r w:rsidR="003313F5" w:rsidRPr="00A20F58">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>portal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003313F5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CB2798">
         <w:t xml:space="preserve">should be used by </w:t>
       </w:r>
       <w:r w:rsidR="00CD4ABB">
         <w:t xml:space="preserve">registered </w:t>
       </w:r>
       <w:r w:rsidR="00020366">
         <w:t>d</w:t>
       </w:r>
@@ -6063,56 +5196,56 @@
       <w:r w:rsidR="00CB2798">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="000408D0">
         <w:t xml:space="preserve">without </w:t>
       </w:r>
       <w:r w:rsidR="004E4FE8">
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r w:rsidR="00D26FE3">
         <w:t>on-line account</w:t>
       </w:r>
       <w:r w:rsidR="005D7861">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D26FE3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A0224">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00E8520C">
         <w:t>required information</w:t>
       </w:r>
       <w:r w:rsidR="00E40B86">
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00813FEF">
         <w:t xml:space="preserve">should be sent to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00354FB7">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>ONR incidents mailbox</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00354FB7">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F1CA3">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
@@ -6205,88 +5338,88 @@
       </w:r>
       <w:r w:rsidR="00376837">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00BE66E0" w:rsidRPr="00DF2C11">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the ONR RIDDOR portal via the</w:t>
       </w:r>
       <w:r w:rsidR="001B19C6" w:rsidRPr="00DF2C11">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir usual</w:t>
       </w:r>
       <w:r w:rsidR="004566E6">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00DF2C11" w:rsidRPr="00A20F58">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ONR dutyholder portal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004566E6">
         <w:t xml:space="preserve"> route</w:t>
       </w:r>
       <w:r w:rsidR="00376837">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006E0053">
         <w:t>Non-registered dutyholders</w:t>
       </w:r>
       <w:r w:rsidR="00396E23">
         <w:t xml:space="preserve"> without an on-line account</w:t>
       </w:r>
       <w:r w:rsidR="006E0053">
         <w:t xml:space="preserve"> should use</w:t>
       </w:r>
       <w:r w:rsidR="006C12FE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF2C11" w:rsidRPr="00BE66E0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text2"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="00DF2C11" w:rsidRPr="00BE66E0">
           <w:rPr>
             <w:rStyle w:val="cf01"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>ONR RIDDOR portal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DF2C11" w:rsidRPr="00BE66E0">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F441D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">which </w:t>
       </w:r>
       <w:r w:rsidR="00DF2C11" w:rsidRPr="00BE66E0">
@@ -6357,318 +5490,666 @@
       </w:r>
       <w:r w:rsidR="385E1EA5">
         <w:t>un</w:t>
       </w:r>
       <w:r w:rsidR="5BC5DEDD">
         <w:t xml:space="preserve">available, </w:t>
       </w:r>
       <w:r w:rsidR="766B5F53">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="72F7B024">
         <w:t xml:space="preserve"> notification </w:t>
       </w:r>
       <w:r w:rsidR="13B6476C">
         <w:t xml:space="preserve">containing details as </w:t>
       </w:r>
       <w:r w:rsidR="69A20E66">
         <w:t>specified in Appendix B</w:t>
       </w:r>
       <w:r w:rsidR="13B6476C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="72F7B024">
         <w:t xml:space="preserve">should be sent to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="73D65AD1">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>ONR incidents mailbox</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="72F7B024">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="5830B0C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="5BC5DEDD" w:rsidRPr="00CA347E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="50566927">
         <w:t>Latest templates for making these notifications are available on ONR’s website (</w:t>
       </w:r>
       <w:r w:rsidR="00B236A3">
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27">
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidR="00B236A3" w:rsidRPr="31C6B97F">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Notify ONR | Office for Nuclear Regulation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B236A3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="50566927">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA32F4F" w14:textId="77777777" w:rsidR="008B5455" w:rsidRDefault="008B5455" w:rsidP="00BC374A">
       <w:pPr>
         <w:pStyle w:val="Bulletlist2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D5AB709" w14:textId="77777777" w:rsidR="00AD7F65" w:rsidRDefault="006000C4" w:rsidP="00FD009E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="792"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc191381891"/>
-      <w:bookmarkStart w:id="28" w:name="_Toc95477409"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc219795053"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc220420625"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc95477409"/>
       <w:r w:rsidRPr="0011646B">
         <w:t>Incident</w:t>
       </w:r>
       <w:r w:rsidRPr="009D3CC7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5" w:rsidRPr="009D3CC7">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="009D3CC7">
         <w:t>ollow</w:t>
       </w:r>
       <w:r w:rsidR="00411BC5" w:rsidRPr="009D3CC7">
         <w:t>-u</w:t>
       </w:r>
       <w:r w:rsidRPr="009D3CC7">
         <w:t xml:space="preserve">p </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5" w:rsidRPr="009D3CC7">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="009D3CC7">
         <w:t xml:space="preserve">eport </w:t>
       </w:r>
       <w:r w:rsidR="00A84082" w:rsidRPr="009D3CC7">
         <w:t>(FUR)</w:t>
       </w:r>
       <w:r w:rsidR="00C47D2A" w:rsidRPr="009D3CC7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD7F65">
         <w:t>requirement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w14:paraId="48EA1E0A" w14:textId="5643A56A" w:rsidR="00F50DE3" w:rsidRDefault="144CDB9B" w:rsidP="007309E0">
+    <w:p w14:paraId="48EA1E0A" w14:textId="351FDCA2" w:rsidR="00F50DE3" w:rsidRDefault="144CDB9B" w:rsidP="005617D4">
       <w:r>
-        <w:t xml:space="preserve">Incidents that </w:t>
+        <w:t>Incidents that</w:t>
+      </w:r>
+      <w:r w:rsidR="00D631A1">
+        <w:t xml:space="preserve"> are</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="67EA1F0D">
-        <w:t xml:space="preserve">generally are of </w:t>
+        <w:t xml:space="preserve">generally of </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">higher safety, security, safeguards or transport significance will require the dutyholder to submit a FUR. Appendix A details the notification categories and criteria that require a FUR. </w:t>
+        <w:t xml:space="preserve">higher </w:t>
+      </w:r>
+      <w:r w:rsidR="0021196B">
+        <w:t xml:space="preserve">nuclear </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">safety, security, safeguards or transport significance will require the dutyholder to submit a FUR. Appendix A details the notification categories and criteria that require a FUR. </w:t>
       </w:r>
       <w:r w:rsidR="71245667">
         <w:t xml:space="preserve">The information ONR requires in the FUR is </w:t>
       </w:r>
       <w:r w:rsidR="0A083395">
         <w:t xml:space="preserve">detailed </w:t>
       </w:r>
       <w:r w:rsidR="2D0BF289">
         <w:t>in Ap</w:t>
       </w:r>
       <w:r w:rsidR="19674E47">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="2D0BF289">
         <w:t>endix B</w:t>
       </w:r>
       <w:r w:rsidR="19674E47">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="74C26A08">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00040C95">
+        <w:t>Registered d</w:t>
+      </w:r>
+      <w:r w:rsidR="008B2A70">
+        <w:t>utyholders</w:t>
+      </w:r>
+      <w:r w:rsidR="009273E3">
+        <w:t xml:space="preserve"> can submit FUR</w:t>
+      </w:r>
+      <w:r w:rsidR="00043C18">
+        <w:t xml:space="preserve"> content</w:t>
+      </w:r>
+      <w:r w:rsidR="009273E3">
+        <w:t xml:space="preserve"> directly </w:t>
+      </w:r>
+      <w:r w:rsidR="00043C18">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="009273E3">
+        <w:t xml:space="preserve">to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidR="00123CEA" w:rsidRPr="00A20F58">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ONR dutyholder portal</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00123CEA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C95">
+        <w:t xml:space="preserve">otherwise a </w:t>
+      </w:r>
       <w:r w:rsidR="6DA2737E">
-        <w:t xml:space="preserve">A FUR template is available </w:t>
+        <w:t xml:space="preserve">FUR template is available </w:t>
       </w:r>
       <w:r w:rsidR="74B7BD93">
         <w:t xml:space="preserve">for use </w:t>
       </w:r>
       <w:r w:rsidR="6DA2737E">
         <w:t xml:space="preserve">on ONR’s website (at </w:t>
       </w:r>
       <w:hyperlink r:id="rId28">
         <w:r w:rsidR="6DA2737E" w:rsidRPr="31C6B97F">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Notify ONR | Office for Nuclear Regulation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="6DA2737E">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00D47A92">
-[...6 lines deleted...]
-        <w:t>[ Note: It is anticipated that dutyholders will shortly be able to submit a FUR directly to the ONR dutyholder portal.]</w:t>
+      <w:r w:rsidR="00C033C3">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="588F4C95" w14:textId="77777777" w:rsidR="00F50DE3" w:rsidRDefault="00F50DE3" w:rsidP="007309E0">
       <w:r w:rsidRPr="0015388D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: A FUR is not required for RIDDOR incidents. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38154A1A" w14:textId="31D530CB" w:rsidR="000B4CB5" w:rsidRPr="0018471F" w:rsidRDefault="000B4CB5" w:rsidP="000B4CB5">
-      <w:pPr>
+    <w:p w14:paraId="38154A1A" w14:textId="0AA724FA" w:rsidR="000B4CB5" w:rsidRPr="0018471F" w:rsidRDefault="000B4CB5" w:rsidP="000B4CB5">
+      <w:r>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ONR Incidents </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve">categories that have identified </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0DEB">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:t>FUR as “optional”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, this is at the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve">discretion of the relevant ONR </w:t>
+      </w:r>
+      <w:r w:rsidR="3284A3A6">
+        <w:t>inspector,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and the working </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve">assumption should be that a FUR is required unless directly informed by the relevant ONR inspector </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">to the contrary. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208FB2BB" w14:textId="3C45E029" w:rsidR="00F05347" w:rsidRDefault="00537058" w:rsidP="0067464D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:hanging="792"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Toc219795054"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc220420626"/>
+      <w:r>
+        <w:t xml:space="preserve">Incident follow-up report </w:t>
+      </w:r>
+      <w:r w:rsidR="009D7998">
+        <w:t xml:space="preserve">submission routes and </w:t>
+      </w:r>
+      <w:r w:rsidR="000F5DBB">
+        <w:t>timescales</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidR="000F5DBB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="544E4FD5" w14:textId="00F5CCD3" w:rsidR="006C69CB" w:rsidRDefault="004E3487" w:rsidP="00D55E30">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve">The dutyholder should </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF277C">
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidR="003421CA">
+        <w:t xml:space="preserve"> any required </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF277C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve">FUR </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF277C">
+        <w:t>to ONR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve"> following the completion of their investigation. Th</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65015">
+        <w:t xml:space="preserve">is should be </w:t>
+      </w:r>
+      <w:r w:rsidR="00160A6A">
+        <w:t>done at the earliest opportunity</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5574C">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0066204B">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00160A6A">
+        <w:t xml:space="preserve">within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve">60 calendar days </w:t>
+      </w:r>
+      <w:r w:rsidR="00160A6A">
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve">date the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE0F5A">
+        <w:t xml:space="preserve">dutyholder made the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062564D">
+        <w:t xml:space="preserve">initial </w:t>
+      </w:r>
+      <w:r w:rsidR="00D641C4">
+        <w:t xml:space="preserve">incident </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE0F5A">
+        <w:t>notification.</w:t>
+      </w:r>
+      <w:r w:rsidR="0059353B">
+        <w:t xml:space="preserve"> This </w:t>
+      </w:r>
+      <w:r w:rsidR="0059353B">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">assumes that </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6E96">
+        <w:t xml:space="preserve">the incident </w:t>
+      </w:r>
+      <w:r w:rsidR="0059353B">
+        <w:t xml:space="preserve">notification </w:t>
+      </w:r>
+      <w:r w:rsidR="00B82F56">
+        <w:t xml:space="preserve">was made to ONR in line with </w:t>
+      </w:r>
+      <w:r w:rsidR="00715046">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B82F56">
+        <w:t>timescales specified</w:t>
+      </w:r>
+      <w:r w:rsidR="006C69CB">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E274C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="586956D7" w14:textId="365DD0A6" w:rsidR="006C69CB" w:rsidRDefault="006C69CB" w:rsidP="006C69CB">
+      <w:r>
+        <w:t xml:space="preserve">In cases where </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF497A">
+        <w:t xml:space="preserve">ONR </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF497A" w:rsidRPr="00E8634F">
+        <w:t>has not</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF497A" w:rsidRPr="00470BB9">
         <w:rPr>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF497A" w:rsidRPr="00470BB9">
+        <w:t>been notifi</w:t>
+      </w:r>
+      <w:r w:rsidR="00454DFA" w:rsidRPr="00470BB9">
+        <w:t xml:space="preserve">ed of an incident within </w:t>
+      </w:r>
+      <w:r w:rsidR="00620BD3" w:rsidRPr="00470BB9">
+        <w:t xml:space="preserve">specified </w:t>
+      </w:r>
+      <w:r w:rsidR="00F25B31" w:rsidRPr="00470BB9">
+        <w:t>timescales</w:t>
+      </w:r>
+      <w:r w:rsidR="00454DFA" w:rsidRPr="00470BB9">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00454DFA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6A85">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00454DFA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA060A">
+        <w:t xml:space="preserve">significant </w:t>
+      </w:r>
+      <w:r w:rsidR="00454DFA">
+        <w:t>delay ha</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC48B9">
+        <w:t xml:space="preserve">ving </w:t>
+      </w:r>
+      <w:r w:rsidR="00454DFA">
+        <w:t>been introduced</w:t>
+      </w:r>
+      <w:r w:rsidR="00094E3A">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r>
-        <w:t>For</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve">dutyholders </w:t>
+      </w:r>
+      <w:r w:rsidR="0033798A">
+        <w:t xml:space="preserve">should </w:t>
+      </w:r>
+      <w:r>
+        <w:t>expect</w:t>
+      </w:r>
+      <w:r w:rsidR="0033798A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">ONR Incidents </w:t>
-[...8 lines deleted...]
-        <w:t>FUR as “optional”</w:t>
+        <w:t xml:space="preserve">to complete their investigation </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8131B">
+        <w:t>and provide the</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00000">
+        <w:t xml:space="preserve"> requested</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8131B">
+        <w:t xml:space="preserve"> FUR to ONR </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, this is at the </w:t>
-[...2 lines deleted...]
-        <w:t>discretion of the relevant ONR inspector</w:t>
+        <w:t>more promptly</w:t>
+      </w:r>
+      <w:r w:rsidR="000B765F">
+        <w:t xml:space="preserve"> than </w:t>
+      </w:r>
+      <w:r w:rsidR="006C5CA0">
+        <w:t xml:space="preserve">within </w:t>
+      </w:r>
+      <w:r w:rsidR="000B765F">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2648A">
+        <w:t xml:space="preserve">usual </w:t>
+      </w:r>
+      <w:r w:rsidR="000B765F">
+        <w:t>60 calendar day</w:t>
+      </w:r>
+      <w:r w:rsidR="006C5CA0">
+        <w:t xml:space="preserve"> period</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6A85">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B765F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E81C32">
+        <w:t>Th</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4C28">
+        <w:t xml:space="preserve">e FUR submission </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3D6C">
+        <w:t xml:space="preserve">timescale </w:t>
+      </w:r>
+      <w:r w:rsidR="0033798A">
+        <w:t xml:space="preserve">should be agreed with the </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4828">
+        <w:t>relevant inspector.</w:t>
+      </w:r>
+      <w:r w:rsidR="00980531" w:rsidRPr="00980531">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00980531">
+        <w:t>This approach recognises th</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6B1C">
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="000F69EA">
+        <w:t xml:space="preserve">dutyholder </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6B1C">
+        <w:t xml:space="preserve">focus required </w:t>
+      </w:r>
+      <w:r w:rsidR="00980531">
+        <w:t xml:space="preserve">to understand the root cause/s of </w:t>
+      </w:r>
+      <w:r w:rsidR="00421A7F">
+        <w:t xml:space="preserve">an incident that </w:t>
+      </w:r>
+      <w:r w:rsidR="00A663A2">
+        <w:t xml:space="preserve">has already taken </w:t>
+      </w:r>
+      <w:r w:rsidR="00A810DE">
+        <w:t xml:space="preserve">some </w:t>
+      </w:r>
+      <w:r w:rsidR="00A663A2">
+        <w:t xml:space="preserve">time </w:t>
+      </w:r>
+      <w:r w:rsidR="00117378">
+        <w:t>to be identified</w:t>
+      </w:r>
+      <w:r w:rsidR="00122AA4">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0145">
+        <w:t>notified</w:t>
+      </w:r>
+      <w:r w:rsidR="00980531">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA060A">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> and the working </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DD7A95" w14:textId="6F028D08" w:rsidR="004E3487" w:rsidRPr="00AA47E9" w:rsidRDefault="00773E96" w:rsidP="00FD7E6F">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">to the contrary. </w:t>
+        <w:t>ONR recognises that</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5023D">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470160">
+        <w:t>dutyholder may</w:t>
+      </w:r>
+      <w:r w:rsidR="00E233BF">
+        <w:t xml:space="preserve"> operate </w:t>
+      </w:r>
+      <w:r w:rsidR="00470160">
+        <w:t xml:space="preserve">their FUR timelines </w:t>
+      </w:r>
+      <w:r w:rsidR="00E233BF">
+        <w:t xml:space="preserve">from an earlier </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC7300">
+        <w:t>point</w:t>
+      </w:r>
+      <w:r w:rsidR="00E233BF">
+        <w:t xml:space="preserve"> i.e. the date of incident</w:t>
+      </w:r>
+      <w:r w:rsidR="000103ED">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="208FB2BB" w14:textId="3C45E029" w:rsidR="00F05347" w:rsidRDefault="00537058" w:rsidP="0067464D">
-[...40 lines deleted...]
-    <w:p w14:paraId="4918D0D8" w14:textId="4B46980E" w:rsidR="006A4AE2" w:rsidRDefault="004E3487" w:rsidP="008C7D24">
+    <w:p w14:paraId="4918D0D8" w14:textId="55645584" w:rsidR="006A4AE2" w:rsidRDefault="004E3487" w:rsidP="008C7D24">
       <w:r w:rsidRPr="00032DC3">
-        <w:lastRenderedPageBreak/>
         <w:t>In cases</w:t>
       </w:r>
       <w:r w:rsidR="009934BC">
         <w:t xml:space="preserve"> where</w:t>
       </w:r>
       <w:r w:rsidRPr="00032DC3">
-        <w:t xml:space="preserve"> the dutyholder’s investigation has not been completed in 60 calendar days, the</w:t>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2A90">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032DC3">
+        <w:t xml:space="preserve"> investigation has </w:t>
+      </w:r>
+      <w:r w:rsidR="0066204B">
+        <w:t xml:space="preserve">not </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1570E">
+        <w:t xml:space="preserve">been completed </w:t>
+      </w:r>
+      <w:r w:rsidR="0066204B">
+        <w:t xml:space="preserve">within </w:t>
+      </w:r>
+      <w:r w:rsidR="00745591">
+        <w:t xml:space="preserve">the required </w:t>
+      </w:r>
+      <w:r w:rsidR="00D1570E">
+        <w:t xml:space="preserve">timescale, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032DC3">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2A90">
+        <w:t xml:space="preserve"> dutyholder</w:t>
       </w:r>
       <w:r w:rsidR="00E84724">
-        <w:t xml:space="preserve">y </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00032DC3">
-        <w:t>should seek agreement with the relevant ONR inspector to send an interim FUR</w:t>
-[...2 lines deleted...]
-        <w:t>/s</w:t>
+        <w:t xml:space="preserve">should seek agreement with the relevant ONR inspector to </w:t>
+      </w:r>
+      <w:r w:rsidR="00683A46">
+        <w:t xml:space="preserve">submit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00032DC3">
+        <w:t>an interim FUR</w:t>
       </w:r>
       <w:r w:rsidR="005438BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF6E40">
         <w:t>which contains the rationale for providing the interim FUR together with details of the outstanding actions and timescales to complete those actions</w:t>
       </w:r>
       <w:r w:rsidR="00BF6E40" w:rsidRPr="00E02854">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FE05FA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00032DC3">
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00EB7003">
         <w:t xml:space="preserve"> dutyholder </w:t>
       </w:r>
       <w:r w:rsidRPr="00032DC3">
         <w:t>should agree the timescales for the final FUR with th</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
@@ -6682,51 +6163,51 @@
         <w:spacing w:after="200"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0015388D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Submission of a FUR should be done </w:t>
       </w:r>
       <w:r w:rsidR="00D36FA5" w:rsidRPr="0015388D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>using</w:t>
       </w:r>
       <w:r w:rsidRPr="0015388D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F866588" w14:textId="344C5582" w:rsidR="00FD1F44" w:rsidRPr="00FD1F44" w:rsidRDefault="006D2204" w:rsidP="00FD1F44">
+    <w:p w14:paraId="0F866588" w14:textId="4FF310B0" w:rsidR="00FD1F44" w:rsidRPr="00FD1F44" w:rsidRDefault="006D2204" w:rsidP="00FD1F44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -6739,51 +6220,75 @@
       </w:r>
       <w:r w:rsidR="00FD1F44" w:rsidRPr="00FD1F44">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">- by registered dutyholders </w:t>
       </w:r>
       <w:r w:rsidR="00505D98">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00FD1F44" w:rsidRPr="00FD1F44">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>with on-line accounts</w:t>
       </w:r>
       <w:r w:rsidR="00505D98">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00D36FA5">
+      <w:r w:rsidR="00253FF1">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, where FUR content can be </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24CA2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">submitted </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03299">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>directly</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF501A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E74C46">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12DF600E" w14:textId="7BA0EDA1" w:rsidR="00D36FA5" w:rsidRDefault="00D36FA5" w:rsidP="00FD1F44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="000E0397">
@@ -6820,147 +6325,149 @@
       <w:r w:rsidR="00DB628A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00FD1F44" w:rsidRPr="00FD1F44">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>without on-line accounts</w:t>
       </w:r>
       <w:r w:rsidR="00DB628A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F1C030" w14:textId="1239D84A" w:rsidR="00FD1F44" w:rsidRDefault="00537528" w:rsidP="0015388D">
+    <w:p w14:paraId="31F1C030" w14:textId="259AD9F7" w:rsidR="00FD1F44" w:rsidRDefault="00537528" w:rsidP="0015388D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidRPr="00366044">
         <w:t>Where the ONR dutyholder portal is unavailable</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, the required information </w:t>
       </w:r>
       <w:r w:rsidR="009619EB">
         <w:t xml:space="preserve">(as detailed in </w:t>
       </w:r>
       <w:r w:rsidR="00111F63">
-        <w:t xml:space="preserve">Appendix B </w:t>
+        <w:t>Appendix B</w:t>
       </w:r>
       <w:r w:rsidR="009619EB">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00805B37">
         <w:t xml:space="preserve">should be forwarded </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="000E0397">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>ONR incidents mailbox</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18565480" w14:textId="77777777" w:rsidR="00085DF6" w:rsidRPr="00366044" w:rsidRDefault="00085DF6" w:rsidP="0015388D">
       <w:pPr>
         <w:pStyle w:val="Bulletlist2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40027943" w14:textId="2CDA7D0E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="00FA72BC" w:rsidP="0067464D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:hanging="792"/>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc191381893"/>
-      <w:bookmarkStart w:id="31" w:name="_Toc95477411"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc219795055"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc220420627"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc95477411"/>
       <w:r>
         <w:t xml:space="preserve">Conclusion of </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="006000C4" w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">ncident </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="006000C4" w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">otification </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="006000C4" w:rsidRPr="00875E82">
         <w:t>rocess</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidR="006000C4" w:rsidRPr="00875E82">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="39F2E4DE" w14:textId="1D498C3D" w:rsidR="006000C4" w:rsidRPr="00223CE5" w:rsidRDefault="006000C4" w:rsidP="6155E250">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00223CE5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The process </w:t>
       </w:r>
       <w:r w:rsidR="00411819" w:rsidRPr="00223CE5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>co</w:t>
       </w:r>
       <w:r w:rsidR="00507723" w:rsidRPr="00223CE5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -6975,153 +6482,168 @@
         </w:rPr>
         <w:t>means that the dutyholder has co</w:t>
       </w:r>
       <w:r w:rsidR="00507723" w:rsidRPr="00223CE5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mpleted</w:t>
       </w:r>
       <w:r w:rsidR="009A100A" w:rsidRPr="00223CE5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00223CE5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>their formal notification of an incident.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3642F735" w14:textId="65C07142" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="007034AF" w:rsidP="00687E0B">
+    <w:p w14:paraId="3642F735" w14:textId="65C07142" w:rsidR="006000C4" w:rsidRDefault="007034AF" w:rsidP="00687E0B">
       <w:pPr>
         <w:spacing w:after="480"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA47E9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidR="006000C4" w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">: ONR’s regulatory response to the incident </w:t>
       </w:r>
       <w:r w:rsidR="006F4AF8">
         <w:t>may continue</w:t>
       </w:r>
       <w:r w:rsidR="008A6019">
         <w:t xml:space="preserve"> beyond the conclusion of the </w:t>
       </w:r>
       <w:r w:rsidR="001E0A90">
         <w:t xml:space="preserve">dutyholder </w:t>
       </w:r>
       <w:r w:rsidR="00312FDB">
         <w:t xml:space="preserve">completing the </w:t>
       </w:r>
       <w:r w:rsidR="008A6019">
         <w:t xml:space="preserve">notification process. </w:t>
       </w:r>
       <w:r w:rsidR="001E0A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="201FCD5E" w14:textId="77777777" w:rsidR="008571C3" w:rsidRDefault="008571C3" w:rsidP="00687E0B">
+      <w:pPr>
+        <w:spacing w:after="480"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2636F1BB" w14:textId="77777777" w:rsidR="008571C3" w:rsidRPr="00AA47E9" w:rsidRDefault="008571C3" w:rsidP="00687E0B">
+      <w:pPr>
+        <w:spacing w:after="480"/>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="42128EEF" w14:textId="5B38D866" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00ED33E7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc95477412"/>
-      <w:bookmarkStart w:id="33" w:name="_Toc191381894"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc95477412"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc219795056"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc220420628"/>
       <w:r w:rsidRPr="00AA47E9">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Process </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>versight</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="5D024921" w14:textId="183A1C55" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00687E0B">
       <w:pPr>
         <w:spacing w:after="480"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>ONR will monitor dutyholders’ adherence to this process</w:t>
       </w:r>
       <w:r w:rsidR="00985E46">
         <w:t>, and w</w:t>
       </w:r>
       <w:r w:rsidR="00985E46" w:rsidRPr="00AA47E9">
         <w:t>here necessary</w:t>
       </w:r>
       <w:r w:rsidR="00985E46">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00985E46" w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>will engage with dutyholders to</w:t>
       </w:r>
       <w:r w:rsidR="00D26890">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>provide advice</w:t>
       </w:r>
       <w:r w:rsidR="005C6A77">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>and support improvement</w:t>
       </w:r>
       <w:r w:rsidR="0003037C">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00CF6A9A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BBC5CD1" w14:textId="77777777" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="007034AF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc95477413"/>
-      <w:bookmarkStart w:id="35" w:name="_Toc191381895"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc95477413"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc219795057"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc220420629"/>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>Records</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
     </w:p>
     <w:p w14:paraId="5A231099" w14:textId="5F2915E1" w:rsidR="002B2BD1" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="006738B1">
       <w:pPr>
         <w:sectPr w:rsidR="002B2BD1" w:rsidRPr="00AA47E9" w:rsidSect="0098384B">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>ONR’s record of dutyholder notifications is</w:t>
       </w:r>
       <w:r w:rsidR="00E33F14">
         <w:t xml:space="preserve"> maintained</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> within </w:t>
       </w:r>
       <w:r w:rsidR="00284ED8">
         <w:t>its on-line database</w:t>
       </w:r>
       <w:r w:rsidR="00722E1D">
         <w:t>,</w:t>
@@ -7228,79 +6750,81 @@
       <w:r w:rsidR="008F74F3" w:rsidRPr="005D6196">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F74F3">
         <w:t>refe</w:t>
       </w:r>
       <w:r w:rsidR="00CF6A9A">
         <w:t>re</w:t>
       </w:r>
       <w:r w:rsidR="008F74F3">
         <w:t>nce</w:t>
       </w:r>
       <w:r w:rsidR="008F74F3" w:rsidRPr="005D6196">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F74F3">
         <w:t>in WIReD</w:t>
       </w:r>
       <w:r w:rsidR="008F74F3" w:rsidRPr="005D6196">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001666EF">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="36" w:name="_Toc191381896" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="53" w:name="_Toc219795058" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="54" w:name="_Toc220420630" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="1892157292"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Bibliographies"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="2DD0F545" w14:textId="2878ABD3" w:rsidR="002B2BD1" w:rsidRPr="00AA47E9" w:rsidRDefault="002B2BD1" w:rsidP="002B2BD1">
           <w:pPr>
             <w:pStyle w:val="Heading1"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="0"/>
             </w:numPr>
             <w:ind w:left="851" w:hanging="851"/>
           </w:pPr>
           <w:r>
             <w:t>References</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="36"/>
+          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkEnd w:id="53"/>
         </w:p>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-573587230"/>
             <w:bibliography/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:p w14:paraId="6BC70063" w14:textId="77777777" w:rsidR="00BC03A6" w:rsidRDefault="002B2BD1">
               <w:pPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:noProof/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="en-GB" w:bidi="ar-SA"/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="00AA47E9">
                 <w:fldChar w:fldCharType="begin"/>
               </w:r>
               <w:r w:rsidRPr="00AA47E9">
                 <w:instrText xml:space="preserve"> BIBLIOGRAPHY </w:instrText>
               </w:r>
               <w:r w:rsidRPr="00AA47E9">
@@ -7814,83 +7338,85 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5D6CAD69" w14:textId="5689CDC0" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00D63A29">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:sectPr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidSect="002B2BD1">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D456C5D" w14:textId="2D2DB1C6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="007034AF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Appendix_A:_Incident"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkStart w:id="55" w:name="_Appendix_A:_Incident"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc95477415"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc189500766"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc219795059"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc220420631"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidRPr="00B1388B">
         <w:lastRenderedPageBreak/>
         <w:t>Appendix A</w:t>
       </w:r>
       <w:r w:rsidR="001F4065" w:rsidRPr="00B1388B">
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00B1388B">
         <w:t>Incident</w:t>
       </w:r>
       <w:r w:rsidR="001F4065" w:rsidRPr="00B1388B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5" w:rsidRPr="00B1388B">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1388B">
         <w:t xml:space="preserve">otification </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5" w:rsidRPr="00B1388B">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00B1388B">
         <w:t>riteria</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="10249"/>
         <w:gridCol w:w="1236"/>
@@ -8035,68 +7561,66 @@
           <w:p w14:paraId="26DD5973" w14:textId="4C758FAF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Incidents attracting Media Attention</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="1FF44BCF" w14:textId="6CA01FB9" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4142C5FC" w14:textId="7537B65D" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>AN01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39B23116" w14:textId="6AEE628B" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Events likely to attract, or that have attracted, </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">significant </w:t>
             </w:r>
@@ -8117,51 +7641,50 @@
               <w:t>media or public attention</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0411D8FC" w14:textId="56475A2B" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BBDF3AB" w14:textId="5FD7283F" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0139C2D6" w14:textId="313580EF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
@@ -8187,223 +7710,215 @@
           <w:p w14:paraId="7A0D0349" w14:textId="21C32A51" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nuclear Safety</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="22078146" w14:textId="5D61526E" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E4C1605" w14:textId="6C32240B" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37F5976E" w14:textId="6625C6E6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:bookmarkStart w:id="41" w:name="OLE_LINK9"/>
-[...2 lines deleted...]
-            <w:bookmarkStart w:id="44" w:name="OLE_LINK2"/>
+            <w:bookmarkStart w:id="60" w:name="OLE_LINK9"/>
+            <w:bookmarkStart w:id="61" w:name="OLE_LINK10"/>
+            <w:bookmarkStart w:id="62" w:name="OLE_LINK1"/>
+            <w:bookmarkStart w:id="63" w:name="OLE_LINK2"/>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any explosion or outbreak of fire on a licensed site affecting or likely to affect the safe working or safe condition of the nuclear installation</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="60"/>
+            <w:bookmarkEnd w:id="61"/>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>.</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="62"/>
+            <w:bookmarkEnd w:id="63"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63BF3A17" w14:textId="54733CFB" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3A246A1C" w14:textId="204049F0" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="1FC633B0" w14:textId="1A24E76E" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14F730C0" w14:textId="28C9689F" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A15F2D0" w14:textId="34A2D993" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any uncontrolled criticality excursion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67111730" w14:textId="154567B9" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="15B36F6C" w14:textId="4141F370" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="083113D5" w14:textId="4F363217" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11B9BC49" w14:textId="6C3DFDEE" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D78EBBA" w14:textId="3534B895" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any incident that meets either of these criteria:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42F802AE" w14:textId="0FD114A3" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="006000C4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -8512,1088 +8027,1045 @@
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="771"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4B839F16" w14:textId="0970EED9" w:rsidR="006000C4" w:rsidRPr="00EE25CA" w:rsidRDefault="006000C4" w:rsidP="009278B4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE25CA">
               <w:t>the overall impact means that an adequate safety case to continue operations cannot be made.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="137AE17E" w14:textId="0E47C694" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6C2951B9" w14:textId="12F80075" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="330286A8" w14:textId="24E2894C" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DD27BF6" w14:textId="5CA85A61" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6EEA854D" w14:textId="79850ADF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:bookmarkStart w:id="45" w:name="OLE_LINK8"/>
-            <w:bookmarkStart w:id="46" w:name="OLE_LINK11"/>
+            <w:bookmarkStart w:id="64" w:name="OLE_LINK8"/>
+            <w:bookmarkStart w:id="65" w:name="OLE_LINK11"/>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Declaration of a site incident or condition, where personnel or resources are mobilised in response to an unexpected occurrence that creates a hazard to the safe operation of the facility, and/or to the health and safety of personnel on or off the site.</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkEnd w:id="64"/>
+            <w:bookmarkEnd w:id="65"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3608BB42" w14:textId="736EEDF8" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="08049631" w14:textId="493F851D" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="663E824E" w14:textId="4166310C" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02F49EFF" w14:textId="7678B8E8" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:lastRenderedPageBreak/>
               <w:t>NS05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D844671" w14:textId="2166C0C6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:bookmarkStart w:id="47" w:name="OLE_LINK4"/>
+            <w:bookmarkStart w:id="66" w:name="OLE_LINK4"/>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Any operation or condition of plant that is prohibited by operational limits and conditions or operating rules. </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
+            <w:bookmarkEnd w:id="66"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="568F6AE4" w14:textId="1B7A4E43" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="570497C0" w14:textId="666164D5" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="3201422A" w14:textId="4F2E6A03" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0719D736" w14:textId="73DC3B12" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0561E32D" w14:textId="579FF4E8" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any uncontrolled or unplanned reactivity excursion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1754DD70" w14:textId="7DB4839C" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2DBFCBFC" w14:textId="11A70318" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="0938214C" w14:textId="7A1C62BD" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="755400E6" w14:textId="6FD1FD2E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32B367E0" w14:textId="167F2AA7" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any automatic or manual reactor, chemical processing plant or other nuclear facility shutdown as required by the operational limits and conditions, or as a result of other significant safety related considerations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27A4BAA4" w14:textId="763F4673" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7598FD3E" w14:textId="3B7106BD" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="0328FC97" w14:textId="4FA46178" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49621822" w14:textId="0CA99B5A" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53449AAE" w14:textId="23003BCA" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any operations that identify defects or misconfigurations with higher classification safety Systems, Structures and Components (SSC) that prevent performance of the SSC’s safety case defined nuclear safety functions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09EEE63F" w14:textId="098A6FBD" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2D03BAFB" w14:textId="14A66CB0" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="61323165" w14:textId="3F283EDD" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="566ED252" w14:textId="4ED7D8C0" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="748766BC" w14:textId="7CEFE04E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:bookmarkStart w:id="48" w:name="OLE_LINK5"/>
-            <w:bookmarkStart w:id="49" w:name="OLE_LINK6"/>
+            <w:bookmarkStart w:id="67" w:name="OLE_LINK5"/>
+            <w:bookmarkStart w:id="68" w:name="OLE_LINK6"/>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any event or abnormal condition that resulted in the manual or automatic operation of a protection system or other engineered safety features thereby challenging safety systems</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
-            <w:bookmarkEnd w:id="49"/>
+            <w:bookmarkEnd w:id="67"/>
+            <w:bookmarkEnd w:id="68"/>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="097D2E11" w14:textId="6BA30A77" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Week </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="225CE7B8" w14:textId="5CB8F8A8" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="552E18D3" w14:textId="67B980D0" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D9DC855" w14:textId="5DF30C46" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="091B3A27" w14:textId="294FE681" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>A fire or other internal hazard that posed an actual threat to safety of the nuclear installation or that significantly distracted site personnel in the performance of duties necessary for safe operation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74929267" w14:textId="4366F4DD" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Week </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="36076803" w14:textId="487FBE6F" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="76317BAB" w14:textId="68281DBB" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="647B3968" w14:textId="69F74FD1" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS11</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6656340E" w14:textId="4FBDF2C5" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1417DECC" w14:textId="2B0B9993" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Significant inadequacy in or significant failure to comply with the arrangements made under a condition attached to the Nuclear Site Licence or permission granted under a Licence Instrument.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72CAE630" w14:textId="2338A83D" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Week </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6CEDB479" w14:textId="04DB325F" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="3299D5B5" w14:textId="4AAE2D0E" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="636236BF" w14:textId="17046C0E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49DB1F51" w14:textId="0D1061B4" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any safety analysis and/or quality assurance activity that identifies higher safety classification Systems, Structures and Components cannot perform their safety case defined nuclear safety functions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="764D4FC6" w14:textId="1359A9AE" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Week </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0EFA479C" w14:textId="334A766E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="652E84F9" w14:textId="61580569" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52A856C5" w14:textId="770B57AB" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F15B17D" w14:textId="3D14AFF4" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any natural phenomenon or other external condition that posed an actual threat to the safety of the nuclear installation or that significantly distracted site personnel in the performance of duties necessary for safe operation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E46CDCC" w14:textId="1AD2454B" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00FD305D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1D51C63B" w14:textId="489D9B34" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00FD305D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="09DB14A7" w14:textId="5A8FE9A0" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44B01F7F" w14:textId="5B4297E5" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:lastRenderedPageBreak/>
               <w:t>NS14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33B51937" w14:textId="75591272" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any fault or mal-operation of lifting equipment that had or may have had a significant effect on nuclear safety.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="459510CC" w14:textId="3EB9EA1C" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00FD305D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="02B23655" w14:textId="0F3760F9" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00FD305D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="2BFFE8CA" w14:textId="55A4762A" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34B3FFDF" w14:textId="234E6638" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="786BD721" w14:textId="363BF73E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:bookmarkStart w:id="50" w:name="OLE_LINK12"/>
-            <w:bookmarkStart w:id="51" w:name="OLE_LINK13"/>
+            <w:bookmarkStart w:id="69" w:name="OLE_LINK12"/>
+            <w:bookmarkStart w:id="70" w:name="OLE_LINK13"/>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>If a Duly Authorised Person appointed under Licence Condition 12 is prevented by the licensee from continuing to act in that capacity.</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
-            <w:bookmarkEnd w:id="51"/>
+            <w:bookmarkEnd w:id="69"/>
+            <w:bookmarkEnd w:id="70"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C2908BB" w14:textId="5EC2A665" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00FD305D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2D40DA35" w14:textId="14888D61" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00FD305D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="1148F087" w14:textId="5B1B5D97" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13925671" w14:textId="7B0C8FE6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="700AE458" w14:textId="42D9460A" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
-            <w:bookmarkStart w:id="52" w:name="OLE_LINK14"/>
+            <w:bookmarkStart w:id="71" w:name="OLE_LINK14"/>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any event or occurrence that could significantly compromise the effectiveness of the arrangements for emergency preparedness and response on the site.</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
+            <w:bookmarkEnd w:id="71"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CE7061E" w14:textId="2FD9DE3E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00FD305D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="75E29A5E" w14:textId="46879992" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00FD305D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="1EE08373" w14:textId="746C1889" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36401F92" w14:textId="5A741386" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>NS17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5507E42D" w14:textId="405E00EA" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>If it is intended to reject, in whole or in part, any advice given by a Nuclear Safety Committee to a licensee.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AC97EC5" w14:textId="0A1F017D" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00FD305D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0F111F0A" w14:textId="343F1DEF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00FD305D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
@@ -9616,140 +9088,135 @@
           <w:p w14:paraId="261F8AD3" w14:textId="0F31E2EF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Radiological Safety</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="61B2BE03" w14:textId="728B83EF" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40F92E3D" w14:textId="70B06F25" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>RS01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="326FBF3D" w14:textId="52D2026E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any occurrence on a licensed site involving the emission of ionising radiations or the release of radioactive or toxic substances, causing or likely to cause death, or serious injury to persons on or off the site.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04086247" w14:textId="6172AA43" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="50AEEC79" w14:textId="5A867035" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="48F5F969" w14:textId="6193C197" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2130740D" w14:textId="6295B9D0" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">RS02 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AE0CCF8" w14:textId="7FE09AB3" w:rsidR="006000C4" w:rsidRPr="003A088F" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A088F">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Abnormal occurrences leading to a radioactive substance which has been:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D243369" w14:textId="01CA7019" w:rsidR="006000C4" w:rsidRPr="003A088F" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -9845,944 +9312,907 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003A088F">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidR="00D63A29" w:rsidRPr="003A088F">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="003A088F">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>he Environmental Authorisations (Scotland) Regulations 2018 (EASR18).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40999E40" w14:textId="668A75C7" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6058C7CD" w14:textId="56BB114E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="159C1EFB" w14:textId="4C805C7C" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F6E073D" w14:textId="6CDA1701" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>RS03</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B187DAF" w14:textId="05B183AB" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="559A8A33" w14:textId="6AC0C987" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Abnormal occurrences leading to a release or suspected release or spread of radioactivity, on or off site, which requires special action or special investigation by the operator.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24B4A863" w14:textId="00E44B9E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="41AC99FC" w14:textId="0E6ED224" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="3C74FBE9" w14:textId="6B0C0B0F" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="215D5322" w14:textId="190F433A" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:lastRenderedPageBreak/>
               <w:t>RS04</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="144B11ED" w14:textId="7992B7F2" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EFB6B05" w14:textId="252B0036" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Any abnormal occurrence giving rise to an uncontrolled or unauthorised leakage, release, spill or escape of radioactive material or waste which exceeds 50% of the </w:t>
             </w:r>
             <w:r w:rsidR="00C146EB" w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">quantities </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>set out in Column 5 of Part 1 of Schedule 7 to  IRR17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E4561F4" w14:textId="3CA2C03E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="36CB9DE4" w14:textId="3DFB417C" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="7A513F7C" w14:textId="7F2C7962" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6EF0E971" w14:textId="5766EC61" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>RS05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B387F0D" w14:textId="0DE7BEF9" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>A confirmed breach of, or discharge expected to breach quantitative limits of a Certificate of Authorisation for the disposal of radioactive waste issued under EPR 201</w:t>
             </w:r>
             <w:r w:rsidR="00DF6E28">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve"> or EASR18. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="316ED7E3" w14:textId="78AA866F" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="045CE1DB" w14:textId="741906F2" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="549DD084" w14:textId="2F746ED0" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19FD6957" w14:textId="030A6BE7" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>RS06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29BEFAA9" w14:textId="5DBF63E8" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>An incident or occurrence that leads to a person receiving an unexpected effective dose either from external dose exposure, or internal dose exposure due to an intake of radioactive material, or both exposure pathways that exceeds 1 mSv.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EA2E6E2" w14:textId="549490BF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6A803C7F" w14:textId="2A984AA5" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="192EF931" w14:textId="69C8314C" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="455545DF" w14:textId="4BDD3713" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>RS07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="736667C1" w14:textId="2E5DB1AA" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Discovery outside a controlled area boundary of radiation or contamination, including contamination on equipment, clothing or skin, significantly above that permitted by the local arrangements.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AA75EF5" w14:textId="484345EA" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="41F2C2FB" w14:textId="79A92A49" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="526FFC5C" w14:textId="3702D8C1" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A1A96C1" w14:textId="77441934" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>RS08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29164EAB" w14:textId="7DB3E58A" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Confirmed exposure to radiation of any individual which exceeds or is suspected to exceed, the dose limits specified in  IRR17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57D4C6D1" w14:textId="3DA5E83F" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="007E1B47" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="18DC31D2" w14:textId="3BC606E2" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="5619BDF7" w14:textId="70FCAC28" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D3142AB" w14:textId="1E443758" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>RS09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55D76D84" w14:textId="74420582" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Where any individual is confirmed to have received an annual effective dose greater than the level set as subject to investigation under IRR17 Regulation 9(8).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44914129" w14:textId="08512E1C" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="137DA46E" w14:textId="39F46CBF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="1FB30F86" w14:textId="4DAC9577" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34999ACD" w14:textId="57089CB7" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>RS10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03D47DCC" w14:textId="0C0F374C" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Where assessment confirms that the average effective dose to specified classes of persons exceeds the level ONR has Specified under LC 18 (1).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09EAADFD" w14:textId="40B3EB17" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0B218334" w14:textId="5371BEAB" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="0E936254" w14:textId="4137A4C6" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="336752E9" w14:textId="143859A5" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>RS11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DE47636" w14:textId="7C267383" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>An occurrence whereby exposure of any individual worker is confirmed to have received an effective dose that exceeds or is likely to exceed 1</w:t>
             </w:r>
             <w:r w:rsidR="006A731D" w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>mSv above that estimated for the task.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6097A69E" w14:textId="78CF1C62" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="34DFF3A9" w14:textId="34E7F1E5" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="4A8A29E9" w14:textId="1AADED50" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:trHeight w:val="503"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="472FF261" w14:textId="6EB9A541" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>RS12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1572401E" w14:textId="67648F78" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="009D3044" w:rsidP="005778D8">
             <w:r w:rsidRPr="00AA47E9">
               <w:t>An occurrence where an individual receives an emergency exposure as defined by REPPIR 2019, Regulation 18 (1).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B12804F" w14:textId="2A640339" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6FD1467D" w14:textId="798266C8" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="23C3AA59" w14:textId="4B884107" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3176BD44" w14:textId="49E70EA2" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:lastRenderedPageBreak/>
               <w:t>RS13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3347A994" w14:textId="00146E53" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="0047799D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Where there is reasonable cause to believe that a quantity of a radioactive substance specified in column 6 of Part 1 of Schedule 7 to the IRR17 and which was under an employer’s control is lost or has been stolen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F415E5E" w14:textId="629CCAFC" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="69CE208D" w14:textId="649BE40A" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="005778D8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="7BC34C50" w14:textId="10D98B12" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="246AEC1B" w14:textId="65638B57" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>RS14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0923AC48" w14:textId="3D53209B" w:rsidR="00770512" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="0047799D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any event where radioactive material or waste was inadvertently brought onto or transported off the licensed site.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3894F609" w14:textId="369F8C43" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="45AF93BB" w14:textId="79A6D8D6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
@@ -10809,418 +10239,404 @@
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Nuclear Security</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="2741C3FD" w14:textId="7228D4AF" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61897C78" w14:textId="37C9FC61" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC10a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27413963" w14:textId="746ECE69" w:rsidR="006000C4" w:rsidRPr="00A75A57" w:rsidRDefault="006000C4" w:rsidP="00A75A57">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any unauthorised incursion on to the premises or any attempted or suspected such incursion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C435D04" w14:textId="21BF2692" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0F5411F6" w14:textId="112FCF1A" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="195B9F02" w14:textId="60FB470E" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21088E8A" w14:textId="3DAC4A74" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC10b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6050FE80" w14:textId="2352F2BF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any incident occurring on the premises involving an explosive or incendiary device or suspected such device, or a firearm or replica firearm.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E406173" w14:textId="40375BBC" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26E7304D" w14:textId="3C57EA59" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0E34C44E" w14:textId="33E48627" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="5B424617" w14:textId="100B173E" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AEFCBD1" w14:textId="4AFAAADA" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC 10c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C6B04B2" w14:textId="416D1502" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Any damage to any building or equipment on the premises which might affect the security of the </w:t>
             </w:r>
             <w:r w:rsidR="00D63A29" w:rsidRPr="00AA47E9">
               <w:t>premises,</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve"> or any material or equipment mentioned in regulation 4(2).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="009FC635" w14:textId="10CBD32F" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C8392CF" w14:textId="76FB67C5" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2EA3C17B" w14:textId="5C0D949C" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Optional</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="61395D38" w14:textId="100977FE" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1887BD9B" w14:textId="25DE98A6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC10d</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A81ABFE" w14:textId="727F0602" w:rsidR="006000C4" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Any malicious damage to any building or equipment on the premises, other than any trivial damage that does not affect the security of the </w:t>
             </w:r>
             <w:r w:rsidR="00D63A29" w:rsidRPr="00AA47E9">
               <w:t>premises,</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve"> or any material or equipment mentioned in regulation 4(2).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61AB3CA2" w14:textId="77777777" w:rsidR="0004734F" w:rsidRPr="00AA47E9" w:rsidRDefault="0004734F" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4BAFEA17" w14:textId="0E1663C8" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36B464C0" w14:textId="40D6B745" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4189DEE9" w14:textId="57591863" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="35E07A32" w14:textId="7604EF60" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70BA1F9B" w14:textId="62F57BFF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC10e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F5B7D96" w14:textId="1098CA96" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Any theft or attempted theft, or any loss or suspected loss, or any unauthorised </w:t>
             </w:r>
             <w:r w:rsidR="00D63A29" w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">movement: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63EDBC21" w14:textId="3A3E9496" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>of any nuclear material used or stored on the premises or in transit to or from them, or</w:t>
             </w:r>
@@ -11231,785 +10647,757 @@
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:lastRenderedPageBreak/>
               <w:t>in the case of premises which are or form part of a nuclear site, of any other radioactive material used or stored on them.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574A575C" w14:textId="1E10C490" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A065304" w14:textId="49ACD083" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:lastRenderedPageBreak/>
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3FAB9E30" w14:textId="69622A7D" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="717801CD" w14:textId="01ED8B0D" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FBC9312" w14:textId="1FDCFEEB" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC10f</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0063219D" w14:textId="4B31AEC4" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any theft or attempted theft, or any loss or unauthorised disclosure, of sensitive nuclear information kept on the premises, or any suspected such theft, loss or disclosure.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="760D321D" w14:textId="4C0A6334" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73487792" w14:textId="3EC080C9" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3E201FFD" w14:textId="3F217761" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="0C6E26CE" w14:textId="05264D98" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23EA0DF6" w14:textId="32295E5A" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC10g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65264CD7" w14:textId="150097B9" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any unauthorised access to any sensitive nuclear information kept on the premises, or any attempt to gain such access.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="095EAFF9" w14:textId="52C93F37" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10918B19" w14:textId="29464AA2" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3A91F4EE" w14:textId="7AE02CDE" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="1501D4F5" w14:textId="475C79ED" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78D3663A" w14:textId="7E299B51" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC10h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6105C484" w14:textId="1B024BAF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any threat to do anything which would fall within any of the above criteria 10 a-g.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3550E920" w14:textId="421E3C29" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C0C3D0C" w14:textId="41E0AA93" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7C8F000C" w14:textId="0FE460A6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="72F0AB80" w14:textId="2D478635" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02537394" w14:textId="3BAC07F1" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC10i</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5685AD8F" w14:textId="51E9493C" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any failure to comply with any of the standards, procedures and arrangements described in the approved security plan for the premises or in any approved temporary security plan to which for the time being they are subject.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61603B04" w14:textId="357A6371" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="43C4E0CB" w14:textId="172CD080" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="7C8E5EAE" w14:textId="0673E335" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15F052F3" w14:textId="5BDC4AA4" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC10j</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FAAFB16" w14:textId="632CF35D" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Any other event or matter which might affect the security of the </w:t>
             </w:r>
             <w:r w:rsidR="00D63A29" w:rsidRPr="00AA47E9">
               <w:t>premises,</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve"> or the material, equipment or information mentioned in regulation 4(2).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D6F476C" w14:textId="4A2FEF49" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5113B833" w14:textId="6EB3E562" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="1C5CAEBD" w14:textId="1FC42ED2" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CD33776" w14:textId="7C4A40FC" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E03AC9E" w14:textId="2C88F4F7" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>An approved carrier must report to the Secretary of State any event or matter of a kind specified in the NISR.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E0201E3" w14:textId="00160E1B" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2E0F4F29" w14:textId="398433CE" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="2CB71D6E" w14:textId="6E223F1B" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AA85025" w14:textId="211D334F" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC22a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="161759DC" w14:textId="35ED9BEA" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Any theft or attempted theft, or any loss or unauthorised disclosure, of sensitive nuclear </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18DF0C2A" w14:textId="7D63AD20" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>information or any suspected such theft, loss or disclosure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FE2666C" w14:textId="314E2FF0" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6B801BCB" w14:textId="37D7D564" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="2FAFDA34" w14:textId="3CD776FF" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07F0C0FB" w14:textId="3AA9750C" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC22b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A28239E" w14:textId="581E4FE5" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any unauthorised access to sensitive nuclear information or any attempt to gain such access.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30EB3459" w14:textId="7EC292C7" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4A440CE7" w14:textId="70B07723" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="24DBF190" w14:textId="1444CA8E" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0852C008" w14:textId="70A0A3A6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SC22c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CE40C18" w14:textId="77777777" w:rsidR="006000C4" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any other event or matter which might affect the security of any sensitive nuclear information.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E04C11C" w14:textId="77777777" w:rsidR="0004734F" w:rsidRDefault="0004734F" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="396DACC3" w14:textId="77777777" w:rsidR="00544428" w:rsidRDefault="00544428" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18C0D714" w14:textId="77777777" w:rsidR="00544428" w:rsidRDefault="00544428" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="699D9CCA" w14:textId="36AB953D" w:rsidR="0004734F" w:rsidRPr="00AA47E9" w:rsidRDefault="0004734F" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E94DFD3" w14:textId="7921040F" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="105B97D1" w14:textId="289C6E6B" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
@@ -12033,68 +11421,66 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Nuclear Safeguards</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="47F534BB" w14:textId="3EC02843" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11F1D40C" w14:textId="315ADE47" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SG01a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05609B4B" w14:textId="2B81BF52" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>An event affecting IAEA safeguards arrangements:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="663231EF" w14:textId="218309DD" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="006000C4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
@@ -12177,755 +11563,727 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">IAEA safeguards seals on equipment or plant </w:t>
             </w:r>
             <w:r w:rsidR="00A80C5F">
               <w:t xml:space="preserve">are </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>detached by non-IAEA staff</w:t>
             </w:r>
             <w:r w:rsidR="00AC2C79">
               <w:t xml:space="preserve"> outside of process</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>, lost or showing signs of deliberate tampering, or evidence of tampering with IAEA equipment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FEAB87E" w14:textId="429674D5" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0AB474E5" w14:textId="067E84FA" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="55F5090D" w14:textId="48F4B470" w:rsidTr="006B5F19">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24F4C4F9" w14:textId="52537601" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SG01b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D355288" w14:textId="28734290" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>A safeguards incident that meets any of the following criteria:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61AC0F95" w14:textId="2772A327" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="006000C4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>A discrepancy involving 1 significant quantity or more of qualifying nuclear material resulting from material unaccounted for (MUF), or shipper-receiver differences (SRD).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20DEC1B7" w14:textId="6D88FB52" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="006000C4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Failure to locate a discrete ‘item’ containing qualifying nuclear material as it is reported in the operator’s nuclear material accountancy system.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CBA4341" w14:textId="1A4B4313" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="30B2C9D0" w14:textId="750E8441" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="06AB860C" w14:textId="2EDB6025" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3469256B" w14:textId="18D0B0E4" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SG02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40CD50B7" w14:textId="3805D18E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">It is </w:t>
             </w:r>
             <w:r w:rsidR="00A56319">
               <w:t>suspected</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve"> that there has been, or might be, an unexpected loss or gain of qualifying nuclear material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F9E43F7" w14:textId="7502A147" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="15A21926" w14:textId="623F3B86" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="201FC5A0" w14:textId="3FFDF414" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D423985" w14:textId="08AF71B1" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SG03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70A5A83D" w14:textId="08A11252" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Information that qualifying nuclear material shipped by, or to the operator has been or may have been lost or considerably delayed during transfer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E340EFE" w14:textId="45DC1FFF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4E2FF03A" w14:textId="1163E2BC" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="0C7C7A56" w14:textId="3A30263A" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DED5BD2" w14:textId="117767A6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SG04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15E8792F" w14:textId="1ED78115" w:rsidR="00660E7A" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="002D4F23">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>An</w:t>
             </w:r>
             <w:r w:rsidR="00465B44">
               <w:t xml:space="preserve"> unusual incident or change in plant/material containment</w:t>
             </w:r>
             <w:r w:rsidR="00E3268D">
               <w:t xml:space="preserve"> that could lead to increase or loss of qualifying nuclear material or the unauthorised removal of qualifying nuclear material</w:t>
             </w:r>
             <w:r w:rsidR="000F4906">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="127DB726" w14:textId="484640D8" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7BE7F3AF" w14:textId="0BC5B151" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="1DBC8E86" w14:textId="6BBBC734" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E6DEF2A" w14:textId="37021ADB" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SG05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A7CE164" w14:textId="65EDA3B9" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Other changes from those specified in Basic Technical Characteristics (BTC) declarations or in an Accountancy and Control Plan (ACP) without notification to ONR Safeguards within </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:lastRenderedPageBreak/>
               <w:t>timescales set out in Nuclear Safeguards (EU Exit) Regulations 2019 and that are assessed as sufficiently significant to risk compromising compliance with safeguards obligations (Week)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23DFAFF1" w14:textId="1A387E98" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:lastRenderedPageBreak/>
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="576D78B5" w14:textId="0C2B1470" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="54C9A78F" w14:textId="47DA8896" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65B46B31" w14:textId="384E5193" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SG06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55811FB3" w14:textId="57644517" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Statutory nuclear material accounting reports not being issued or at risk of not being issued to timescales required under the Nuclear Safeguards (EU Exit) Regulations 2019.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55A9FB41" w14:textId="7F65659F" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7518D5A9" w14:textId="28E72DF3" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="66D5E04C" w14:textId="057C87E1" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="572DF9D5" w14:textId="6E7DB962" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SG07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19D634E7" w14:textId="299F233D" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Failure to provide or shortcomings in the required inspection documentation, access for material verification or other problems of safeguards inspection implementation that are assessed as sufficiently significant to risk compromising compliance with safeguards obligations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49B83133" w14:textId="78C1E9A2" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3A443C9B" w14:textId="4E5A9E6D" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="3298E613" w14:textId="6D628A84" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="360AA338" w14:textId="55C0B39A" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SG08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51246C7E" w14:textId="71721958" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Changes affecting the annual Programme of Activities declared to ONR that are assessed as having significant implications for compliance with safeguards obligations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D62ECBF" w14:textId="4BECC44D" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="57214675" w14:textId="38033059" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="65830115" w14:textId="08B5D8D5" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EBF2C23" w14:textId="67DB4118" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>SG09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="770D0E42" w14:textId="4F53BFDF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Other qualifying nuclear material and /or safeguards-related events not readily assigned above that are assessed as sufficiently significant to risk compromising compliance with safeguards obligations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AE8E81F" w14:textId="76C9C883" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="641DC7B3" w14:textId="404741D8" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
@@ -12966,68 +12324,66 @@
             </w:r>
             <w:r w:rsidR="00316A58">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>active</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Material</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="479975B5" w14:textId="3CE02DAA" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D060BE0" w14:textId="4BD0BBBE" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>TS01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C027767" w14:textId="07E7CF28" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">A radiation emergency: a situation arising during the course of the carriage of a consignment of class 7 </w:t>
             </w:r>
             <w:r w:rsidR="00957074">
               <w:t xml:space="preserve">dangerous </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>goods that requires urgent action in order to protect workers, members of the public or the population (either partially or as a whole) from exposure</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25AB7AF8" w14:textId="378DEE98" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -13053,272 +12409,263 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1746D441" w14:textId="00A294F6" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Any occurrence during the carriage of nuclear material, causing or likely to cause death, or serious injury to persons by reason of the radioactive properties of such nuclear matter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="134987C0" w14:textId="483CADE1" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="06E984D4" w14:textId="7907D76B" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="56D81326" w14:textId="4F7BBCC8" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65457F89" w14:textId="08D7B8AC" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>TS02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="363AA25B" w14:textId="381A3AEF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="00031F1C" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Theft (actual or attempted) or loss (permanent or temporarily) of the class 7 </w:t>
             </w:r>
             <w:r w:rsidR="002F5EE1">
               <w:t xml:space="preserve">dangerous </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>goods in carriage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02735301" w14:textId="7643F52E" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1D440DF4" w14:textId="375B954F" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="21EA6E8E" w14:textId="1D73AC81" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A636A8D" w14:textId="5D846083" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:lastRenderedPageBreak/>
               <w:t>TS03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12FB8395" w14:textId="0F21F7EF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Emergency arrangements have been initiated in relation to class 7 </w:t>
             </w:r>
             <w:r w:rsidR="002F5EE1">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">dangerous </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>goods even if, in the event, no intervention was made pursuant to those arrangements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55F3B53B" w14:textId="3BCBD807" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="017C8AEE" w14:textId="19A9AD8D" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="3C5AF9A6" w14:textId="118E926A" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39A009DD" w14:textId="100B772B" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>TS04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BA7452E" w14:textId="74E6F087" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">An occurrence during loading, carriage or unloading of class 7 </w:t>
             </w:r>
             <w:r w:rsidR="002F5EE1">
               <w:t xml:space="preserve">dangerous </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>goods involving:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B15C86E" w14:textId="6132AFE1" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="006000C4">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
@@ -13342,431 +12689,416 @@
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Exposure leading to a breach of the limits set out in </w:t>
             </w:r>
             <w:r w:rsidR="0074242F">
               <w:t>IRR17</w:t>
             </w:r>
             <w:r w:rsidR="00DC7CF8">
               <w:t xml:space="preserve"> to </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">workers </w:t>
             </w:r>
             <w:r w:rsidR="00DC7CF8">
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">members of the public </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3341500B" w14:textId="69E344D0" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6BA88DF6" w14:textId="2E4B15C2" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="67EF07A6" w14:textId="09D75DF7" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="092822B6" w14:textId="2C396F0A" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>TS05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63C84594" w14:textId="71C24CD2" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">An occurrence during loading, carriage or unloading of class 7 </w:t>
             </w:r>
             <w:r w:rsidR="00707A0C">
               <w:t xml:space="preserve">dangerous </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>goods where there is reason to believe that there has been a significant degradation in any package safety function (containment, shielding, thermal protection or criticality) that may have rendered the package unsuitable for continued carriage without additional safety measures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15223814" w14:textId="5E28AFCF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Immediate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5CCE0DAA" w14:textId="0550DA67" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="618BBAD3" w14:textId="68DC4DA8" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="580563CA" w14:textId="78B65271" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>TS06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61D21938" w14:textId="398ED194" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">An occurrence where class 7 </w:t>
             </w:r>
             <w:r w:rsidR="00707A0C">
               <w:t xml:space="preserve">dangerous </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>goods have been transported with any non-compliance regarding radiation or contamination levels (see notes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="541E5534" w14:textId="3901DB17" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2AB7A042" w14:textId="608BA8EC" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="253FBE30" w14:textId="2163D0D5" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="488B08FE" w14:textId="0F14C1BD" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>TS07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18E4D809" w14:textId="08874486" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">Where class 7 </w:t>
             </w:r>
             <w:r w:rsidR="00707A0C">
               <w:t xml:space="preserve">dangerous </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>goods have not been transported in full compliance with any appropriate specification or regulation, except as otherwise covered by TS05 or TS06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E4089FE" w14:textId="6B98CAA3" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2CFA9C02" w14:textId="202909EB" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="00164F71" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="3AFB4AB1" w14:textId="62F782B5" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="196FF987" w14:textId="34FB7FBF" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>TS08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77C46B75" w14:textId="7E50C568" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>A safety significant abnormal</w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">occurrence which has taken place during the loading, filling, carriage or unloading of class 7 </w:t>
             </w:r>
             <w:r w:rsidR="00EC116B">
               <w:t xml:space="preserve">dangerous </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA47E9">
               <w:t xml:space="preserve">goods, provided it did not lead to a transport in breach of relevant statutory provisions, package specification or handling instructions. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="455B6948" w14:textId="09D79228" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5EE2B9B5" w14:textId="05DF4F72" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w14:paraId="3F39B9A4" w14:textId="3372E26B" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="556D3E64" w14:textId="56BFCAF0" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>TS09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FD06E7A" w14:textId="77777777" w:rsidR="00221938" w:rsidRDefault="006000C4" w:rsidP="00401A1E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>The discovery of radioactive material in a shipment believed to be non-radioactive</w:t>
             </w:r>
             <w:r w:rsidR="00401A1E">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B3FBE63" w14:textId="77777777" w:rsidR="0004734F" w:rsidRDefault="0004734F" w:rsidP="00401A1E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
             </w:pPr>
           </w:p>
@@ -13788,51 +13120,50 @@
               <w:ind w:left="7"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3A6B100D" w14:textId="77777777" w:rsidR="0004734F" w:rsidRDefault="0004734F" w:rsidP="00401A1E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5AFF7737" w14:textId="0A3D38F9" w:rsidR="0004734F" w:rsidRPr="00AA47E9" w:rsidRDefault="0004734F" w:rsidP="00401A1E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="158D609C" w14:textId="387BAF91" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
               <w:t>Month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6BBFFC2A" w14:textId="5381BE6B" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="00213A4D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA47E9">
@@ -13860,272 +13191,263 @@
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> RIDDOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D3DB0" w:rsidRPr="00AA47E9" w14:paraId="045D78F3" w14:textId="56CEA25D" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A505EEA" w14:textId="6808B0CC" w:rsidR="005D3DB0" w:rsidRPr="00AA47E9" w:rsidRDefault="00CB2F63" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidR="00556EB4">
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00D55CA6">
               <w:t>01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4855EDC8" w14:textId="550B65E8" w:rsidR="005D3DB0" w:rsidRPr="00AA47E9" w:rsidRDefault="00D91334" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
             </w:pPr>
             <w:r w:rsidRPr="004804E2">
               <w:t>Any injury defined in RIDDOR 2013 Regulations 4, 5 or 6 at a site where ONR is the enforcing authority.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="238FE308" w14:textId="296CBA53" w:rsidR="005D3DB0" w:rsidRPr="00AA47E9" w:rsidRDefault="005D00AB" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">10 </w:t>
             </w:r>
             <w:r w:rsidR="00A52E6A">
               <w:t>D</w:t>
             </w:r>
             <w:r>
               <w:t>ays</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6205676C" w14:textId="40AA0D57" w:rsidR="005D3DB0" w:rsidRPr="00AA47E9" w:rsidRDefault="009E768E" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D3DB0" w:rsidRPr="00AA47E9" w14:paraId="22FF5B84" w14:textId="0EF91129" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10F5A62C" w14:textId="22D65BEC" w:rsidR="005D3DB0" w:rsidRPr="00865FD8" w:rsidRDefault="00D55CA6" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00865FD8">
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidR="00556EB4" w:rsidRPr="00865FD8">
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="005D3DB0" w:rsidRPr="00865FD8">
               <w:t>02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AF499AF" w14:textId="2330B3E1" w:rsidR="005D3DB0" w:rsidRPr="00A763F0" w:rsidRDefault="00C76DA8" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
             </w:pPr>
             <w:r w:rsidRPr="00A763F0">
               <w:t>Any disease defined in RIDDOR 2013 Regulations 6, 8 or 9 at a site where ONR is the enforcing authority.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54B8B526" w14:textId="73E9C469" w:rsidR="005D3DB0" w:rsidRPr="00A763F0" w:rsidRDefault="00A763F0" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00A763F0">
               <w:t xml:space="preserve">Refer </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">to </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:anchor=":~:text=NB%3A%20A%20report%20must%20be,using%20the%20appropriate%20online%20form." w:history="1">
               <w:r w:rsidR="003B420A" w:rsidRPr="00FE1A1C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>RIDDOR 2013 Schedule 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="393" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4D0A6632" w14:textId="09DA18E0" w:rsidR="005D3DB0" w:rsidRPr="008860A8" w:rsidRDefault="009E768E" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Optional</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D3DB0" w:rsidRPr="00AA47E9" w14:paraId="72DC9B4B" w14:textId="6A3D7B23" w:rsidTr="005D3DB0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="490" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A969D06" w14:textId="03DA6FAD" w:rsidR="005D3DB0" w:rsidRPr="00C94D18" w:rsidRDefault="00D55CA6" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00C94D18">
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidR="00556EB4" w:rsidRPr="00C94D18">
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="005D3DB0" w:rsidRPr="00C94D18">
               <w:t>03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3674" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F12DEAD" w14:textId="36FC3F73" w:rsidR="005D3DB0" w:rsidRPr="00C94D18" w:rsidRDefault="00C07242" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
             </w:pPr>
             <w:r w:rsidRPr="00C94D18">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Any dangerous occurrence defined in RIDDOR 2013 Regulations 7 and Schedule 2 at a site where ONR is the enforcing authority.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5976D9D3" w14:textId="545EAFF5" w:rsidR="005D3DB0" w:rsidRPr="00C94D18" w:rsidRDefault="00A52E6A" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00C94D18">
               <w:t>10 Days</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A6E2BFB" w14:textId="4F9126EA" w:rsidR="00FE1C2E" w:rsidRPr="00C94D18" w:rsidRDefault="00FE1C2E" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="61F5511C" w14:textId="0E8EC1D7" w:rsidR="00FE1C2E" w:rsidRPr="00C94D18" w:rsidRDefault="00FE1C2E" w:rsidP="005D3DB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
@@ -14151,75 +13473,77 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24938F16" w14:textId="53A9CEAC" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="006000C4">
       <w:pPr>
         <w:sectPr w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidSect="0098384B">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BE515E9" w14:textId="29C1FF3D" w:rsidR="006000C4" w:rsidRPr="00065B88" w:rsidRDefault="006000C4" w:rsidP="00594E82">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Appendix_B:_Fallback"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkStart w:id="72" w:name="_Appendix_B:_Fallback"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc95477416"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc219795060"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc220420632"/>
+      <w:bookmarkEnd w:id="72"/>
       <w:r w:rsidRPr="00411BC5">
         <w:lastRenderedPageBreak/>
         <w:t>Appendix B</w:t>
       </w:r>
       <w:r w:rsidR="002B2BD1" w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B1660">
         <w:t>Incident p</w:t>
       </w:r>
       <w:r w:rsidR="00E54A69">
         <w:t xml:space="preserve">articulars ONR requires </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="73"/>
       <w:r w:rsidR="000009E7">
         <w:t>and reporting timescales</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
     </w:p>
     <w:p w14:paraId="36B4025A" w14:textId="77777777" w:rsidR="007C2D95" w:rsidRDefault="00CF77B3" w:rsidP="00B215AB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC52B8">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>B1</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC52B8">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00553871" w:rsidRPr="00FC52B8">
         <w:rPr>
           <w:sz w:val="36"/>
@@ -14506,101 +13830,122 @@
             </w:pPr>
             <w:r w:rsidRPr="00FE2E95">
               <w:t>The date, time and location that incident occurred.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AAE8F3E" w14:textId="77777777" w:rsidR="00756259" w:rsidRPr="00FE2E95" w:rsidRDefault="00756259" w:rsidP="00756259">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
             <w:r w:rsidRPr="00FE2E95">
               <w:t>A description of the incident that explains what occurred and what was impacted.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35B9F98B" w14:textId="77777777" w:rsidR="00756259" w:rsidRPr="00FE2E95" w:rsidRDefault="00756259" w:rsidP="00756259">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
             <w:r w:rsidRPr="00FE2E95">
               <w:t>All incident notification categories that apply to the incident and explanation of their applicability.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AA70FEE" w14:textId="6EBBE08A" w:rsidR="00756259" w:rsidRPr="00FE2E95" w:rsidRDefault="00756259" w:rsidP="00756259">
+          <w:p w14:paraId="3AA70FEE" w14:textId="02DD2C91" w:rsidR="00756259" w:rsidRPr="00FE2E95" w:rsidRDefault="00756259" w:rsidP="00756259">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
             <w:r w:rsidRPr="00FE2E95">
-              <w:t>Where applicable, a provisional INES rating and a justification that is proportionate the incident’s significance</w:t>
+              <w:t xml:space="preserve">Where applicable, a provisional INES rating and a justification that is proportionate </w:t>
+            </w:r>
+            <w:r w:rsidR="00861469">
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE2E95">
+              <w:t>the incident’s significance</w:t>
             </w:r>
             <w:r>
               <w:t>, ref</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE2E95">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1602067776"/>
                 <w:citation/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00FE2E95">
                   <w:fldChar w:fldCharType="begin"/>
                 </w:r>
                 <w:r w:rsidRPr="00FE2E95">
                   <w:instrText xml:space="preserve"> CITATION IAE09 \l 2057 </w:instrText>
                 </w:r>
                 <w:r w:rsidRPr="00FE2E95">
                   <w:fldChar w:fldCharType="separate"/>
                 </w:r>
                 <w:r w:rsidR="00BC03A6" w:rsidRPr="00BC03A6">
                   <w:t>[10]</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00FE2E95">
                   <w:fldChar w:fldCharType="end"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00FE2E95">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="361AED69" w14:textId="77777777" w:rsidR="00756259" w:rsidRPr="00FE2E95" w:rsidRDefault="00756259" w:rsidP="00756259">
+          <w:p w14:paraId="361AED69" w14:textId="4E96A667" w:rsidR="00756259" w:rsidRPr="00FE2E95" w:rsidRDefault="00756259" w:rsidP="00756259">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
             <w:r w:rsidRPr="00FE2E95">
-              <w:t>The dutyholder’s perspective of the significance of the incident (minor, moderate or major).</w:t>
+              <w:t>The dutyholder’s perspective of the significance of the incident (minor, moderate</w:t>
+            </w:r>
+            <w:r w:rsidR="00054D1D">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE2E95">
+              <w:t>major</w:t>
+            </w:r>
+            <w:r w:rsidR="002945A6">
+              <w:t xml:space="preserve"> or </w:t>
+            </w:r>
+            <w:r w:rsidR="001A0005">
+              <w:t>none.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE2E95">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4212A7B7" w14:textId="77777777" w:rsidR="00756259" w:rsidRPr="00FE2E95" w:rsidRDefault="00756259" w:rsidP="00756259">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
             <w:r w:rsidRPr="00FE2E95">
               <w:t>The actual safety, security or safeguards consequences of the incident.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60B8F7C3" w14:textId="77777777" w:rsidR="00756259" w:rsidRPr="00FE2E95" w:rsidRDefault="00756259" w:rsidP="00756259">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
             <w:r w:rsidRPr="00FE2E95">
               <w:t>The potential safety, security or safeguards consequences of the incident.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3305DD57" w14:textId="77777777" w:rsidR="00756259" w:rsidRPr="00FE2E95" w:rsidRDefault="00756259" w:rsidP="00756259">
             <w:pPr>
               <w:pStyle w:val="Bulletlist1"/>
@@ -14922,51 +14267,50 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009600E2">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ONR </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r w:rsidR="00130FA7" w:rsidRPr="00B90C97">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:t>onr.incidents@onr.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C55AED" w14:paraId="1B71C863" w14:textId="77777777" w:rsidTr="31C6B97F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="315FB0BD" w14:textId="7746C969" w:rsidR="00AE59CD" w:rsidRPr="009E2290" w:rsidRDefault="000C1D22" w:rsidP="00B86CBD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E2290">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>In all cases</w:t>
             </w:r>
             <w:r w:rsidR="00D45A2D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>, provide</w:t>
@@ -16229,168 +15573,202 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D03DFE">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>The information provided by the dutyholder will then be uploaded to WIReD by ONR, as appropriate. ONR will notify the dutyholder that incident has been recorded within ONR, and provide an incident id</w:t>
             </w:r>
             <w:r w:rsidR="00EB3FD5" w:rsidRPr="00D03DFE">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00D03DFE">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ntification number. ONR may ask for additional information to ensure quality of data being made available.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="480B4BF3" w14:textId="46A1F70B" w:rsidR="006000C4" w:rsidRPr="00FC0759" w:rsidRDefault="00121A06" w:rsidP="00270C7E">
+    <w:p w14:paraId="480B4BF3" w14:textId="27C8FDF2" w:rsidR="006000C4" w:rsidRPr="00FC0759" w:rsidRDefault="00121A06" w:rsidP="00270C7E">
       <w:pPr>
         <w:pStyle w:val="Heading-4"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="_Toc219966305"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc219966335"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc220420633"/>
       <w:r w:rsidRPr="00FC0759">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>B2</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC0759">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008E5677" w:rsidRPr="00FC0759">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="006000C4" w:rsidRPr="00FC0759">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">FUR </w:t>
       </w:r>
       <w:r w:rsidR="00411BC5" w:rsidRPr="00FC0759">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="006000C4" w:rsidRPr="00FC0759">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>otifications</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
     </w:p>
     <w:p w14:paraId="37DAF189" w14:textId="77777777" w:rsidR="00E46D00" w:rsidRDefault="00E46D00" w:rsidP="00BE3D2C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="33"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D1CE87E" w14:textId="412E9891" w:rsidR="003A0BC3" w:rsidRDefault="00BE3D2C" w:rsidP="00806976">
+    <w:p w14:paraId="1D1CE87E" w14:textId="2F905614" w:rsidR="003A0BC3" w:rsidRDefault="00B81438" w:rsidP="00806976">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="33"/>
       </w:pPr>
-      <w:r w:rsidRPr="003E62FD">
+      <w:r>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00553D16">
+        <w:t xml:space="preserve">egistered </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6EAA">
+        <w:t xml:space="preserve">portal </w:t>
+      </w:r>
+      <w:r w:rsidR="001527A3">
+        <w:t xml:space="preserve">users </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11BE0">
+        <w:t xml:space="preserve">should </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">input </w:t>
+      </w:r>
+      <w:r w:rsidR="001527A3">
+        <w:t>FUR</w:t>
+      </w:r>
+      <w:r w:rsidR="00545BB6">
+        <w:t xml:space="preserve"> info</w:t>
+      </w:r>
+      <w:r w:rsidR="00816C6E">
+        <w:t xml:space="preserve">rmation directly into the ONR dutyholder portal. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11BE0">
+        <w:t xml:space="preserve"> Dutyholders that are </w:t>
+      </w:r>
+      <w:r w:rsidR="00545BB6">
+        <w:t>not registe</w:t>
+      </w:r>
+      <w:r w:rsidR="00765EC2">
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidR="00545BB6">
+        <w:t>d portal users</w:t>
+      </w:r>
+      <w:r w:rsidR="00D11BE0">
+        <w:t xml:space="preserve"> should </w:t>
+      </w:r>
+      <w:r w:rsidR="004E1230">
+        <w:t>submit the required information</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64361">
+        <w:t xml:space="preserve">, listed below, to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidR="00B64361" w:rsidRPr="004B6CA9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>onr.incidents@onr.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B64361">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3D2C" w:rsidRPr="003E62FD">
         <w:t>A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00BE3D2C">
         <w:t xml:space="preserve"> FUR template, </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E62FD">
+      <w:r w:rsidR="00BE3D2C" w:rsidRPr="003E62FD">
         <w:t xml:space="preserve">available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
-        <w:r w:rsidRPr="00134171">
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidR="00BE3D2C" w:rsidRPr="00134171">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Notify ONR | Office for Nuclear Regulation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...30 lines deleted...]
-        <w:t>f t</w:t>
+      <w:r w:rsidR="00BE3D2C">
+        <w:t>, can be used</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6572B">
+        <w:t>. T</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64361">
+        <w:t xml:space="preserve">his is </w:t>
       </w:r>
       <w:r w:rsidR="006000C4" w:rsidRPr="00AA47E9">
-        <w:t xml:space="preserve">his template is optional, and dutyholders can use a different form for the FUR with the agreement of an ONR inspector. </w:t>
+        <w:t>optional, and dutyholders can use a different form with the agreement of an ONR inspector.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="370C098D" w14:textId="77777777" w:rsidR="003A0BC3" w:rsidRDefault="003A0BC3" w:rsidP="00806976">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="33"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="746D904D" w14:textId="217F988C" w:rsidR="006000C4" w:rsidRDefault="006000C4" w:rsidP="00806976">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="33"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>The dutyholder should ensure that this FUR clearly includes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717DCEFE" w14:textId="77777777" w:rsidR="003A0BC3" w:rsidRPr="00AA47E9" w:rsidRDefault="003A0BC3" w:rsidP="00806976">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="33"/>
       </w:pPr>
@@ -16522,153 +15900,209 @@
         <w:sdtContent>
           <w:r w:rsidR="0093371F" w:rsidRPr="00FE2E95">
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="0093371F" w:rsidRPr="00FE2E95">
             <w:instrText xml:space="preserve"> CITATION IAE09 \l 2057 </w:instrText>
           </w:r>
           <w:r w:rsidR="0093371F" w:rsidRPr="00FE2E95">
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="0093371F" w:rsidRPr="00BC03A6">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>[10]</w:t>
           </w:r>
           <w:r w:rsidR="0093371F" w:rsidRPr="00FE2E95">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BA431C" w:rsidRPr="00112D44">
         <w:t>. It should detail one or more of the relevant sections used, and include the relevant information for applying such sections. For non-transport or radioactive source related incidents, this may include activity released or relocated, severity of fuel damage, doses received, maximum potential consequences (1-7), layers of safety degraded and those remaining, reactor fault frequency, reactor plant availability and consideration of additional factors as appropriate. For incidents involving transport and radioactive sources, the isotopes and their activity should be identified along with the relevant table entry of section 4 of the aforementioned user's manual.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C52FFB8" w14:textId="02718C70" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="006000C4" w:rsidP="007034AF">
-[...13 lines deleted...]
-        <w:t>, dutyholders can append relevant supporting references such as press releases, learning reports or internal investigation reports.</w:t>
+    <w:p w14:paraId="1C52FFB8" w14:textId="69FD5222" w:rsidR="006000C4" w:rsidRPr="00AA47E9" w:rsidRDefault="005F0285" w:rsidP="007034AF">
+      <w:r>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="006000C4" w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve">FUR </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF045D">
+        <w:t xml:space="preserve">can be </w:t>
+      </w:r>
+      <w:r w:rsidR="00166DA6">
+        <w:t xml:space="preserve">supplemented </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33237">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003A503B">
+        <w:t xml:space="preserve">by </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3F4B">
+        <w:t xml:space="preserve">appending or uploading </w:t>
+      </w:r>
+      <w:r w:rsidR="000930BB">
+        <w:t xml:space="preserve">references such as </w:t>
+      </w:r>
+      <w:r w:rsidR="006000C4" w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve"> press releases, learning reports or internal investigation reports</w:t>
+      </w:r>
+      <w:r w:rsidR="000930BB">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04991">
+        <w:t xml:space="preserve"> to provide </w:t>
+      </w:r>
+      <w:r>
+        <w:t>all the information ONR requires</w:t>
+      </w:r>
+      <w:r w:rsidR="004003CD">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37290019" w14:textId="7292E7BC" w:rsidR="006000C4" w:rsidRDefault="006000C4" w:rsidP="007034AF">
-[...12 lines deleted...]
-      <w:r w:rsidR="00517700">
+    <w:p w14:paraId="37290019" w14:textId="4374CA6E" w:rsidR="006000C4" w:rsidRDefault="00EC7A14" w:rsidP="002E0A02">
+      <w:r>
+        <w:t xml:space="preserve">Interim FURs can </w:t>
+      </w:r>
+      <w:r w:rsidR="00472599">
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">be </w:t>
       </w:r>
-      <w:r w:rsidR="00A44D8A">
-[...9 lines deleted...]
-        <w:t>’</w:t>
+      <w:r w:rsidR="00983D1C">
+        <w:t xml:space="preserve">entered directly into the ONR dutyholder portal. For </w:t>
+      </w:r>
+      <w:r w:rsidR="00116833">
+        <w:t xml:space="preserve">those not registered as portal users, </w:t>
+      </w:r>
+      <w:r w:rsidR="006000C4" w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve">the FUR template </w:t>
+      </w:r>
+      <w:r w:rsidR="00116833">
+        <w:t xml:space="preserve">can be used to provide </w:t>
+      </w:r>
+      <w:r w:rsidR="006000C4" w:rsidRPr="00AA47E9">
+        <w:t>an interim FUR</w:t>
+      </w:r>
+      <w:r w:rsidR="001356C4">
+        <w:t>, and</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20FCF">
+        <w:t xml:space="preserve"> this</w:t>
+      </w:r>
+      <w:r w:rsidR="001356C4">
+        <w:t xml:space="preserve"> should be clearly marked ‘interim’</w:t>
+      </w:r>
+      <w:r w:rsidR="006000C4" w:rsidRPr="00AA47E9">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F54629">
+        <w:t xml:space="preserve">In either case, a clear explanation should be included as to why </w:t>
+      </w:r>
+      <w:r w:rsidR="006E763E">
+        <w:t>an interim FUR is being provided.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5F44">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D3D47">
         <w:t xml:space="preserve"> It should provide </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA47E9">
+      <w:r w:rsidR="006000C4" w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">the timescales for </w:t>
       </w:r>
       <w:r w:rsidR="00544428">
         <w:t xml:space="preserve">providing </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA47E9">
+      <w:r w:rsidR="006000C4" w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">the final FUR and areas of information that the final FUR will </w:t>
       </w:r>
       <w:r w:rsidR="00544428">
-        <w:t>cover.</w:t>
+        <w:t>cover</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5F44">
+        <w:t xml:space="preserve"> as agreed with the relevant inspector</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6EB2">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F2AD78" w14:textId="77777777" w:rsidR="00F07002" w:rsidRDefault="00F07002" w:rsidP="007034AF"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="784B384E" w14:textId="45D4CC6D" w:rsidR="000009E7" w:rsidRDefault="00BA165D" w:rsidP="00270C7E">
+    <w:p w14:paraId="37EF467F" w14:textId="77777777" w:rsidR="0073684E" w:rsidRDefault="0073684E" w:rsidP="002E0A02"/>
+    <w:p w14:paraId="784B384E" w14:textId="4F2F7FEC" w:rsidR="000009E7" w:rsidRDefault="00BA165D" w:rsidP="00270C7E">
       <w:pPr>
         <w:pStyle w:val="Heading-4"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="_Toc219966306"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc219966336"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc220420634"/>
       <w:r w:rsidRPr="00FC0759">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>B3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC0759">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00996435" w:rsidRPr="00FC0759">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="000009E7" w:rsidRPr="00FC0759">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>eporting timescales</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
     </w:p>
-    <w:p w14:paraId="6316C1E6" w14:textId="77777777" w:rsidR="008A627F" w:rsidRPr="00FC0759" w:rsidRDefault="008A627F" w:rsidP="008A627F"/>
+    <w:p w14:paraId="6316C1E6" w14:textId="77777777" w:rsidR="008A627F" w:rsidRPr="00FC0759" w:rsidRDefault="008A627F" w:rsidP="0073684E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="78BC11E7" w14:textId="77777777" w:rsidR="000009E7" w:rsidRDefault="000009E7" w:rsidP="000009E7">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve">The Appendix A timescales for the dutyholder to complete </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">relevant </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>notification</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t xml:space="preserve"> apply from the time when the dutyholder confirms that the incident category applies. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6207B7A3" w14:textId="77777777" w:rsidR="000009E7" w:rsidRDefault="000009E7" w:rsidP="000009E7">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA47E9">
@@ -16814,91 +16248,1028 @@
       <w:r w:rsidRPr="00AA47E9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Month: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA47E9">
         <w:t>Within twenty eight calendar days from the incident categorisation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="057C8EDC" w14:textId="2F054E04" w:rsidR="000009E7" w:rsidRPr="00FE677C" w:rsidRDefault="000009E7" w:rsidP="00FE677C">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="000009E7" w:rsidRPr="00FE677C" w:rsidSect="006B5F19">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="312"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D31832D" w14:textId="77777777" w:rsidR="003E219F" w:rsidRPr="00AA47E9" w:rsidRDefault="003E219F" w:rsidP="003E219F">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="56"/>
+    <w:p w14:paraId="1D31832D" w14:textId="09CE2202" w:rsidR="002327A8" w:rsidRDefault="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="_Appendix_C_–"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
+    <w:p w14:paraId="5DDBF058" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="00AA47E9" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="_Toc220420635"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Document Control Information</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
+    </w:p>
+    <w:p w14:paraId="59A036A9" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007D4658" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002327A8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Process Owner:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002327A8">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002327A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Deputy Director (CORD),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002327A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002327A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Technical Directorate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725DD14D" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="00D64057" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="143363FF" w14:textId="77777777" w:rsidR="002327A8" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65474">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>repared by:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64057">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Incidents Management Lead</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="128FEC34" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="00D64057" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36655411" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="00D64057" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F65474">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reviewed /</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F65474">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Approved by:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64057">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Head of Organisational Learning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6856ED76" w14:textId="77777777" w:rsidR="002327A8" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69E0A72C" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="00AA47E9" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70E0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Issue No:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:alias w:val="Issue No."/>
+          <w:tag w:val=""/>
+          <w:id w:val="-894428327"/>
+          <w:placeholder>
+            <w:docPart w:val="D9F0D8ED74EC4E2DAC6F543BE8E91E96"/>
+          </w:placeholder>
+          <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>2.3</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="6A7A44FC" w14:textId="77777777" w:rsidR="002327A8" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB55701" w14:textId="77777777" w:rsidR="002327A8" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Publication date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD7AAF1" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="00AA47E9" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EC5907A" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="00AA47E9" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Next </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>scheduled review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA47E9">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED5E22">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>March 2030</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C44899C" w14:textId="77777777" w:rsidR="002327A8" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C601816" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="004200C2" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004200C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Document reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004200C2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: ONR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004200C2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004200C2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PROC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004200C2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">002  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D88EBD8" w14:textId="77777777" w:rsidR="002327A8" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28CC8DDE" w14:textId="77777777" w:rsidR="002327A8" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F23FD2">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Record reference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00794EB3">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:tgtFrame="_blank" w:tooltip="ONRHH-822789359-19764" w:history="1">
+        <w:r w:rsidRPr="00794EB3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>ONRHH-822789359-19764</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4A6B53AA" w14:textId="77777777" w:rsidR="002327A8" w:rsidRDefault="002327A8" w:rsidP="002327A8"/>
+    <w:p w14:paraId="12758EAE" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
+        <w:keepNext/>
+        <w:spacing w:before="240" w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007E1E31">
+        <w:t>Revision commentary</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="ONRTable1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="10" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1466"/>
+        <w:gridCol w:w="7540"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002327A8" w:rsidRPr="007E1E31" w14:paraId="263F1EEF" w14:textId="77777777" w:rsidTr="00277AE7">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42EF6E98" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Issue No.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76729EB3" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Description of Update(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002327A8" w:rsidRPr="007E1E31" w14:paraId="00517A5A" w14:textId="77777777" w:rsidTr="00277AE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E926B7F" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3232DB94" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Major update to incorporate references to WIReD.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="641E7A94" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Format of document also updated into latest template and review date updated.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002327A8" w:rsidRPr="007E1E31" w14:paraId="25CB0AA0" w14:textId="77777777" w:rsidTr="00277AE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CF8877" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B318CB" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Minor update to address type relating to FUR template reference number.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002327A8" w:rsidRPr="007E1E31" w14:paraId="71C1E2E2" w14:textId="77777777" w:rsidTr="00277AE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79635EA8" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74335E9F" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Minor update to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>references and syntax inconsistencies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002327A8" w:rsidRPr="007E1E31" w14:paraId="2B4DE0BC" w14:textId="77777777" w:rsidTr="00277AE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3629F24F" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0241A46F" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Review date extended to July 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002327A8" w:rsidRPr="007E1E31" w14:paraId="51B2845E" w14:textId="77777777" w:rsidTr="00277AE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B35ECB" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D488211" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Minor update to reflect changes to incident notification email address (section B.3).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002327A8" w:rsidRPr="007E1E31" w14:paraId="4DF9E0DB" w14:textId="77777777" w:rsidTr="00277AE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="488CDAD9" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB4825C" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Major update to reflect the changes relating to RIDDOR incident notification process.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002327A8" w:rsidRPr="007E1E31" w14:paraId="2160491C" w14:textId="77777777" w:rsidTr="00277AE7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06341ECF" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="188E983C" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Minor update to address typo in Figure 1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3172EFA5" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Process Owner role title updated to reflect change in role title.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002327A8" w:rsidRPr="007E1E31" w14:paraId="4A276D36" w14:textId="77777777" w:rsidTr="00277AE7">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E18B8C" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B31B34" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E1E31">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Minor amendments to referencing, and to consistency in terminology across ONR’s suite of incidents guidance and processes. Detailed MRC references removed. Updated information on making notification submissions to portals and otherwise.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002327A8" w:rsidRPr="007E1E31" w14:paraId="238E549D" w14:textId="77777777" w:rsidTr="00277AE7">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="659589DB" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>2.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7540" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D67D36" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="007E1E31" w:rsidRDefault="002327A8" w:rsidP="00277AE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Minor amendments to follow-up reporting arrangements to reflect portal </w:t>
+            </w:r>
+            <w:r w:rsidRPr="12D514FD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>developments and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> strengthen expectations around FUR reporting timelines.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2650D644" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="00AA47E9" w:rsidRDefault="002327A8" w:rsidP="002327A8">
+      <w:pPr>
+        <w:sectPr w:rsidR="002327A8" w:rsidRPr="00AA47E9" w:rsidSect="002327A8">
+          <w:headerReference w:type="default" r:id="rId40"/>
+          <w:footerReference w:type="default" r:id="rId41"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
+          <w:cols w:space="312"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43FB6CB6" w14:textId="77777777" w:rsidR="003E219F" w:rsidRPr="00AA47E9" w:rsidRDefault="003E219F" w:rsidP="003E219F"/>
     <w:sectPr w:rsidR="003E219F" w:rsidRPr="00AA47E9" w:rsidSect="0098384B">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="312"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5968ADAB" w14:textId="77777777" w:rsidR="00D60F71" w:rsidRDefault="00D60F71" w:rsidP="007D199A">
+    <w:p w14:paraId="0314BEEA" w14:textId="77777777" w:rsidR="00FD2A31" w:rsidRDefault="00FD2A31" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FDB6DCA" w14:textId="77777777" w:rsidR="00D60F71" w:rsidRDefault="00D60F71"/>
+    <w:p w14:paraId="4DECCDA1" w14:textId="77777777" w:rsidR="00FD2A31" w:rsidRDefault="00FD2A31"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32BCDB2E" w14:textId="77777777" w:rsidR="00D60F71" w:rsidRDefault="00D60F71" w:rsidP="007D199A">
+    <w:p w14:paraId="6C4E8AA4" w14:textId="77777777" w:rsidR="00FD2A31" w:rsidRDefault="00FD2A31" w:rsidP="007D199A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12312F6F" w14:textId="77777777" w:rsidR="00D60F71" w:rsidRDefault="00D60F71"/>
+    <w:p w14:paraId="1C29B0D6" w14:textId="77777777" w:rsidR="00FD2A31" w:rsidRDefault="00FD2A31"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="776C4188" w14:textId="77777777" w:rsidR="00D60F71" w:rsidRDefault="00D60F71">
+    <w:p w14:paraId="57DC81FE" w14:textId="77777777" w:rsidR="00FD2A31" w:rsidRDefault="00FD2A31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -16949,252 +17320,252 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5714E96E" w14:textId="7C948885" w:rsidR="007C3C1D" w:rsidRPr="006A525B" w:rsidRDefault="007C3C1D" w:rsidP="007C3C1D">
-[...12 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="33908CA9" w14:textId="5A7CE0EB" w:rsidR="006000C4" w:rsidRPr="00A24D36" w:rsidRDefault="00A24D36" w:rsidP="00A24D36">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page | </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6A0F9C6F" w14:textId="77777777" w:rsidR="002327A8" w:rsidRPr="006A525B" w:rsidRDefault="002327A8" w:rsidP="007C3C1D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23F70323" w14:textId="77777777" w:rsidR="00D60F71" w:rsidRPr="005E0344" w:rsidRDefault="00D60F71" w:rsidP="005E0344">
+    <w:p w14:paraId="5FCACE14" w14:textId="77777777" w:rsidR="00FD2A31" w:rsidRPr="005E0344" w:rsidRDefault="00FD2A31" w:rsidP="005E0344">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="769B55B2" w14:textId="77777777" w:rsidR="00D60F71" w:rsidRPr="005E0344" w:rsidRDefault="00D60F71" w:rsidP="0090581D">
+    <w:p w14:paraId="6EC194CD" w14:textId="77777777" w:rsidR="00FD2A31" w:rsidRPr="005E0344" w:rsidRDefault="00FD2A31" w:rsidP="0090581D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E0344">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40338759" w14:textId="77777777" w:rsidR="00D60F71" w:rsidRDefault="00D60F71"/>
+    <w:p w14:paraId="13767CAE" w14:textId="77777777" w:rsidR="00FD2A31" w:rsidRDefault="00FD2A31"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="02BFD9B2" w14:textId="77777777" w:rsidR="00D60F71" w:rsidRDefault="00D60F71">
+    <w:p w14:paraId="016DA202" w14:textId="77777777" w:rsidR="00FD2A31" w:rsidRDefault="00FD2A31">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="150F2F4C" w14:textId="77777777" w:rsidR="00D60F71" w:rsidRDefault="00D60F71"/>
+    <w:p w14:paraId="65ECCF69" w14:textId="77777777" w:rsidR="00FD2A31" w:rsidRDefault="00FD2A31"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="35394C8E" w14:textId="30AB019A" w:rsidR="006000C4" w:rsidRDefault="006000C4" w:rsidP="006000C4">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> All uses of </w:t>
       </w:r>
       <w:r w:rsidR="00D47E0A">
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t>optional</w:t>
       </w:r>
       <w:r w:rsidR="00D47E0A">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in this table are at the discretion of the ONR Inspector.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="15338445" w14:textId="77777777" w:rsidR="00091EEA" w:rsidRDefault="00091EEA" w:rsidP="00091EEA">
-[...12 lines deleted...]
-  <w:p w14:paraId="561CD81E" w14:textId="76E7A71E" w:rsidR="00E4113B" w:rsidRPr="00E4113B" w:rsidRDefault="000A1785" w:rsidP="00E4113B">
+  <w:p w14:paraId="561CD81E" w14:textId="3836CB91" w:rsidR="00E4113B" w:rsidRPr="00E4113B" w:rsidRDefault="003C6D09" w:rsidP="00E4113B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Title"/>
         <w:tag w:val=""/>
         <w:id w:val="-545993998"/>
         <w:placeholder>
           <w:docPart w:val="E13CB1263D004B8D87A9940249F2253B"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00CC4A9A">
+        <w:r w:rsidR="002327A8">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Process for notifying incidents to ONR</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00E4113B" w:rsidRPr="003A7E1C">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> | Issue: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:alias w:val="Status"/>
         <w:tag w:val=""/>
         <w:id w:val="-1486926938"/>
         <w:placeholder>
           <w:docPart w:val="A2767E984BED4B86BED15FEEC1D368A0"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00780788">
+        <w:r w:rsidR="00642BDB">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>2.2</w:t>
+          <w:t>2.3</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0638B045" w14:textId="77777777" w:rsidR="002327A8" w:rsidRDefault="002327A8" w:rsidP="00091EEA">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:pBdr>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:pBdr>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A4B08F86"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
@@ -20791,1856 +21162,2105 @@
   </w:num>
   <w:num w:numId="54" w16cid:durableId="1274095299">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="55" w16cid:durableId="1530138785">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="56" w16cid:durableId="1419790090">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="57" w16cid:durableId="1357464045">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="58" w16cid:durableId="2121874097">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="59" w16cid:durableId="1046635458">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="56"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="90"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C4196"/>
+    <w:rsid w:val="000004EA"/>
     <w:rsid w:val="000007A3"/>
     <w:rsid w:val="000009E7"/>
     <w:rsid w:val="000016E5"/>
     <w:rsid w:val="00002F03"/>
     <w:rsid w:val="00003E1E"/>
     <w:rsid w:val="000049EF"/>
     <w:rsid w:val="00004C16"/>
     <w:rsid w:val="000053F4"/>
     <w:rsid w:val="00007098"/>
     <w:rsid w:val="000079C3"/>
     <w:rsid w:val="00007D57"/>
+    <w:rsid w:val="000103ED"/>
     <w:rsid w:val="000108E8"/>
     <w:rsid w:val="00010982"/>
     <w:rsid w:val="000109BB"/>
     <w:rsid w:val="00010EEE"/>
     <w:rsid w:val="00011177"/>
     <w:rsid w:val="000123B5"/>
+    <w:rsid w:val="0001309F"/>
     <w:rsid w:val="0001347E"/>
     <w:rsid w:val="00013A14"/>
+    <w:rsid w:val="00013A8B"/>
     <w:rsid w:val="00014596"/>
     <w:rsid w:val="00014814"/>
     <w:rsid w:val="00014961"/>
     <w:rsid w:val="00014E64"/>
     <w:rsid w:val="0001593A"/>
     <w:rsid w:val="00016E9D"/>
     <w:rsid w:val="00017260"/>
     <w:rsid w:val="00020366"/>
     <w:rsid w:val="00020679"/>
     <w:rsid w:val="00021AF7"/>
     <w:rsid w:val="000229D6"/>
     <w:rsid w:val="0002424D"/>
     <w:rsid w:val="0002430C"/>
     <w:rsid w:val="00024522"/>
     <w:rsid w:val="00024826"/>
     <w:rsid w:val="00024B2E"/>
+    <w:rsid w:val="00025DF1"/>
     <w:rsid w:val="00025E11"/>
     <w:rsid w:val="00027F4F"/>
     <w:rsid w:val="00030154"/>
     <w:rsid w:val="0003037C"/>
     <w:rsid w:val="000303DF"/>
     <w:rsid w:val="00030430"/>
     <w:rsid w:val="00030657"/>
     <w:rsid w:val="0003078E"/>
     <w:rsid w:val="00030F17"/>
     <w:rsid w:val="00031170"/>
     <w:rsid w:val="0003126D"/>
     <w:rsid w:val="0003133F"/>
     <w:rsid w:val="000314D4"/>
     <w:rsid w:val="00031B89"/>
     <w:rsid w:val="00031F1C"/>
     <w:rsid w:val="00032DC3"/>
     <w:rsid w:val="0003417F"/>
     <w:rsid w:val="000356BE"/>
     <w:rsid w:val="00035898"/>
     <w:rsid w:val="0003693D"/>
+    <w:rsid w:val="00037486"/>
     <w:rsid w:val="000408D0"/>
+    <w:rsid w:val="00040C95"/>
     <w:rsid w:val="000416D2"/>
     <w:rsid w:val="0004194F"/>
     <w:rsid w:val="00042FBA"/>
     <w:rsid w:val="000432CF"/>
+    <w:rsid w:val="00043C18"/>
     <w:rsid w:val="0004440F"/>
     <w:rsid w:val="000445D3"/>
     <w:rsid w:val="00045D09"/>
     <w:rsid w:val="00046FDC"/>
     <w:rsid w:val="0004734F"/>
     <w:rsid w:val="0005273B"/>
     <w:rsid w:val="00052C17"/>
     <w:rsid w:val="00052C8A"/>
     <w:rsid w:val="00053491"/>
     <w:rsid w:val="000548A2"/>
     <w:rsid w:val="000548C8"/>
+    <w:rsid w:val="00054D1D"/>
     <w:rsid w:val="00055828"/>
     <w:rsid w:val="00055C80"/>
+    <w:rsid w:val="00055CDE"/>
     <w:rsid w:val="000569EF"/>
     <w:rsid w:val="00060964"/>
+    <w:rsid w:val="000614AA"/>
     <w:rsid w:val="0006306D"/>
     <w:rsid w:val="00063C52"/>
     <w:rsid w:val="00064F47"/>
     <w:rsid w:val="00064FFF"/>
     <w:rsid w:val="00065B88"/>
     <w:rsid w:val="00065F38"/>
     <w:rsid w:val="0006748A"/>
     <w:rsid w:val="00070020"/>
     <w:rsid w:val="000704B7"/>
     <w:rsid w:val="0007095E"/>
     <w:rsid w:val="00072E04"/>
     <w:rsid w:val="00075605"/>
     <w:rsid w:val="00075C66"/>
     <w:rsid w:val="000779CE"/>
     <w:rsid w:val="00077D47"/>
     <w:rsid w:val="000817D4"/>
     <w:rsid w:val="00082879"/>
     <w:rsid w:val="0008310D"/>
     <w:rsid w:val="00085DF6"/>
     <w:rsid w:val="000861E6"/>
     <w:rsid w:val="0008733A"/>
     <w:rsid w:val="00090120"/>
     <w:rsid w:val="00091A19"/>
     <w:rsid w:val="00091C50"/>
     <w:rsid w:val="00091EEA"/>
     <w:rsid w:val="00092449"/>
     <w:rsid w:val="00092957"/>
+    <w:rsid w:val="000930BB"/>
     <w:rsid w:val="00093AF3"/>
     <w:rsid w:val="00094C98"/>
     <w:rsid w:val="00094D1D"/>
+    <w:rsid w:val="00094E3A"/>
     <w:rsid w:val="000A015C"/>
     <w:rsid w:val="000A01A2"/>
     <w:rsid w:val="000A0224"/>
     <w:rsid w:val="000A105C"/>
     <w:rsid w:val="000A1785"/>
     <w:rsid w:val="000A2653"/>
     <w:rsid w:val="000A274A"/>
     <w:rsid w:val="000A2D64"/>
     <w:rsid w:val="000A2EFB"/>
     <w:rsid w:val="000A383B"/>
     <w:rsid w:val="000A4B31"/>
+    <w:rsid w:val="000A575D"/>
     <w:rsid w:val="000A711D"/>
     <w:rsid w:val="000A7430"/>
     <w:rsid w:val="000B01CD"/>
     <w:rsid w:val="000B1467"/>
+    <w:rsid w:val="000B3CAD"/>
     <w:rsid w:val="000B45B3"/>
     <w:rsid w:val="000B4CB5"/>
     <w:rsid w:val="000B5E19"/>
     <w:rsid w:val="000B63CF"/>
     <w:rsid w:val="000B6990"/>
     <w:rsid w:val="000B6ADC"/>
+    <w:rsid w:val="000B765F"/>
     <w:rsid w:val="000C03BF"/>
     <w:rsid w:val="000C1D22"/>
     <w:rsid w:val="000C2631"/>
     <w:rsid w:val="000C2DDC"/>
     <w:rsid w:val="000C5097"/>
     <w:rsid w:val="000C609F"/>
     <w:rsid w:val="000C71D6"/>
+    <w:rsid w:val="000C74DD"/>
     <w:rsid w:val="000C7F09"/>
     <w:rsid w:val="000D090F"/>
     <w:rsid w:val="000D19FE"/>
     <w:rsid w:val="000D2154"/>
     <w:rsid w:val="000D2FD4"/>
     <w:rsid w:val="000D3985"/>
     <w:rsid w:val="000D5259"/>
+    <w:rsid w:val="000D6A85"/>
     <w:rsid w:val="000E0397"/>
+    <w:rsid w:val="000E0492"/>
     <w:rsid w:val="000E04C2"/>
     <w:rsid w:val="000E05F7"/>
     <w:rsid w:val="000E2B56"/>
+    <w:rsid w:val="000E2D31"/>
     <w:rsid w:val="000E3CA1"/>
+    <w:rsid w:val="000E4682"/>
     <w:rsid w:val="000E5055"/>
     <w:rsid w:val="000E6969"/>
     <w:rsid w:val="000E6B45"/>
     <w:rsid w:val="000F0A42"/>
     <w:rsid w:val="000F0E6D"/>
     <w:rsid w:val="000F1610"/>
     <w:rsid w:val="000F17B5"/>
     <w:rsid w:val="000F1A9C"/>
     <w:rsid w:val="000F1B7B"/>
     <w:rsid w:val="000F1B7F"/>
     <w:rsid w:val="000F2ED4"/>
     <w:rsid w:val="000F3A0B"/>
     <w:rsid w:val="000F41AF"/>
     <w:rsid w:val="000F4906"/>
     <w:rsid w:val="000F4BC2"/>
     <w:rsid w:val="000F56EA"/>
     <w:rsid w:val="000F5DBB"/>
     <w:rsid w:val="000F647D"/>
+    <w:rsid w:val="000F69EA"/>
     <w:rsid w:val="000F7426"/>
     <w:rsid w:val="000F7B06"/>
     <w:rsid w:val="000F7FA9"/>
     <w:rsid w:val="001009BF"/>
     <w:rsid w:val="001023AC"/>
     <w:rsid w:val="0010267E"/>
+    <w:rsid w:val="00102774"/>
     <w:rsid w:val="001028E8"/>
     <w:rsid w:val="00103281"/>
     <w:rsid w:val="0010573D"/>
+    <w:rsid w:val="00105D82"/>
     <w:rsid w:val="00106B2B"/>
     <w:rsid w:val="00110251"/>
     <w:rsid w:val="001110CD"/>
+    <w:rsid w:val="0011115C"/>
     <w:rsid w:val="00111765"/>
     <w:rsid w:val="00111F63"/>
     <w:rsid w:val="00112D44"/>
     <w:rsid w:val="001131CC"/>
     <w:rsid w:val="00113E09"/>
     <w:rsid w:val="00115BB5"/>
     <w:rsid w:val="0011646B"/>
+    <w:rsid w:val="00116833"/>
+    <w:rsid w:val="00117378"/>
+    <w:rsid w:val="00117A5C"/>
     <w:rsid w:val="00117B8D"/>
     <w:rsid w:val="001200CD"/>
     <w:rsid w:val="00121A06"/>
     <w:rsid w:val="00121CA8"/>
     <w:rsid w:val="00122731"/>
+    <w:rsid w:val="00122AA4"/>
     <w:rsid w:val="00122FCC"/>
+    <w:rsid w:val="00123CEA"/>
     <w:rsid w:val="00123DAE"/>
     <w:rsid w:val="00124A12"/>
     <w:rsid w:val="00124C2B"/>
     <w:rsid w:val="00124D8A"/>
     <w:rsid w:val="00124E83"/>
     <w:rsid w:val="00126752"/>
     <w:rsid w:val="0012692E"/>
+    <w:rsid w:val="00126EE2"/>
     <w:rsid w:val="00127276"/>
     <w:rsid w:val="00130B30"/>
     <w:rsid w:val="00130FA7"/>
     <w:rsid w:val="00131A21"/>
     <w:rsid w:val="00131CB9"/>
+    <w:rsid w:val="001327CB"/>
     <w:rsid w:val="00132D08"/>
     <w:rsid w:val="00134171"/>
     <w:rsid w:val="00134547"/>
+    <w:rsid w:val="001356C4"/>
     <w:rsid w:val="00135CD2"/>
     <w:rsid w:val="00136EE6"/>
     <w:rsid w:val="001372CF"/>
     <w:rsid w:val="00137541"/>
     <w:rsid w:val="00137DB5"/>
+    <w:rsid w:val="0014059B"/>
     <w:rsid w:val="00140E1C"/>
     <w:rsid w:val="001415EF"/>
     <w:rsid w:val="00144124"/>
     <w:rsid w:val="001458E9"/>
     <w:rsid w:val="00145C4F"/>
     <w:rsid w:val="001470AF"/>
+    <w:rsid w:val="00147337"/>
     <w:rsid w:val="001479F8"/>
     <w:rsid w:val="00147AE4"/>
     <w:rsid w:val="001514F1"/>
+    <w:rsid w:val="001527A3"/>
     <w:rsid w:val="001529FE"/>
     <w:rsid w:val="0015388D"/>
     <w:rsid w:val="0015415C"/>
     <w:rsid w:val="00154331"/>
     <w:rsid w:val="00154388"/>
+    <w:rsid w:val="0015611D"/>
     <w:rsid w:val="0015717D"/>
     <w:rsid w:val="001571E5"/>
     <w:rsid w:val="0015753D"/>
+    <w:rsid w:val="00157CDB"/>
+    <w:rsid w:val="00160A6A"/>
     <w:rsid w:val="0016204F"/>
     <w:rsid w:val="00162061"/>
     <w:rsid w:val="00162A20"/>
     <w:rsid w:val="00163450"/>
     <w:rsid w:val="00163D5D"/>
     <w:rsid w:val="00164B74"/>
     <w:rsid w:val="00164F71"/>
     <w:rsid w:val="001650B4"/>
     <w:rsid w:val="00165CAA"/>
     <w:rsid w:val="0016623F"/>
     <w:rsid w:val="001666EF"/>
     <w:rsid w:val="00166A6E"/>
     <w:rsid w:val="00166B23"/>
     <w:rsid w:val="00166CBE"/>
+    <w:rsid w:val="00166DA6"/>
     <w:rsid w:val="0016737D"/>
     <w:rsid w:val="00167717"/>
     <w:rsid w:val="00167DCB"/>
     <w:rsid w:val="00171B6A"/>
     <w:rsid w:val="00172274"/>
     <w:rsid w:val="0017407F"/>
     <w:rsid w:val="001751D3"/>
     <w:rsid w:val="001756A9"/>
     <w:rsid w:val="00175844"/>
     <w:rsid w:val="00175EC6"/>
     <w:rsid w:val="00175EE1"/>
     <w:rsid w:val="0017703B"/>
     <w:rsid w:val="00177407"/>
     <w:rsid w:val="00177666"/>
     <w:rsid w:val="001807E6"/>
     <w:rsid w:val="001809FB"/>
     <w:rsid w:val="00181B0C"/>
     <w:rsid w:val="0018471F"/>
     <w:rsid w:val="001849CA"/>
     <w:rsid w:val="00185410"/>
     <w:rsid w:val="00185646"/>
     <w:rsid w:val="00186BA5"/>
     <w:rsid w:val="00186C30"/>
     <w:rsid w:val="00190457"/>
     <w:rsid w:val="00190648"/>
     <w:rsid w:val="0019074B"/>
     <w:rsid w:val="00191527"/>
     <w:rsid w:val="00191631"/>
     <w:rsid w:val="001917DA"/>
     <w:rsid w:val="00192352"/>
     <w:rsid w:val="00193F7A"/>
     <w:rsid w:val="0019472E"/>
     <w:rsid w:val="00194891"/>
     <w:rsid w:val="001954B1"/>
     <w:rsid w:val="00195A82"/>
     <w:rsid w:val="001962AA"/>
     <w:rsid w:val="001968A3"/>
     <w:rsid w:val="001971B7"/>
     <w:rsid w:val="00197445"/>
     <w:rsid w:val="00197CBD"/>
+    <w:rsid w:val="001A0005"/>
     <w:rsid w:val="001A08A2"/>
     <w:rsid w:val="001A08AA"/>
     <w:rsid w:val="001A14C6"/>
     <w:rsid w:val="001A173E"/>
     <w:rsid w:val="001A1853"/>
     <w:rsid w:val="001A2387"/>
     <w:rsid w:val="001A2576"/>
     <w:rsid w:val="001A2EBB"/>
     <w:rsid w:val="001A3A03"/>
     <w:rsid w:val="001A573D"/>
+    <w:rsid w:val="001A7FB3"/>
     <w:rsid w:val="001B0228"/>
     <w:rsid w:val="001B17B0"/>
     <w:rsid w:val="001B19C6"/>
+    <w:rsid w:val="001B1E38"/>
     <w:rsid w:val="001B2F32"/>
     <w:rsid w:val="001B3713"/>
     <w:rsid w:val="001B3730"/>
     <w:rsid w:val="001B49BB"/>
     <w:rsid w:val="001B5B23"/>
     <w:rsid w:val="001B5F3B"/>
     <w:rsid w:val="001B7014"/>
     <w:rsid w:val="001B7E68"/>
     <w:rsid w:val="001C0813"/>
     <w:rsid w:val="001C1254"/>
+    <w:rsid w:val="001C13C8"/>
     <w:rsid w:val="001C2559"/>
     <w:rsid w:val="001C294F"/>
     <w:rsid w:val="001C4D63"/>
     <w:rsid w:val="001C59C0"/>
     <w:rsid w:val="001C6490"/>
     <w:rsid w:val="001D0612"/>
     <w:rsid w:val="001D0DE0"/>
     <w:rsid w:val="001D1570"/>
     <w:rsid w:val="001D1779"/>
     <w:rsid w:val="001D2C9D"/>
     <w:rsid w:val="001D325C"/>
     <w:rsid w:val="001D3AA4"/>
     <w:rsid w:val="001D4362"/>
     <w:rsid w:val="001D49D1"/>
     <w:rsid w:val="001D4A4E"/>
     <w:rsid w:val="001D4F20"/>
     <w:rsid w:val="001D577E"/>
     <w:rsid w:val="001D5AFF"/>
     <w:rsid w:val="001D74B4"/>
     <w:rsid w:val="001D7E62"/>
     <w:rsid w:val="001E03E1"/>
     <w:rsid w:val="001E03F5"/>
     <w:rsid w:val="001E0A90"/>
     <w:rsid w:val="001E29A0"/>
     <w:rsid w:val="001E2D0B"/>
+    <w:rsid w:val="001E409E"/>
     <w:rsid w:val="001E61EC"/>
     <w:rsid w:val="001E6588"/>
     <w:rsid w:val="001E65DA"/>
     <w:rsid w:val="001E7E3B"/>
     <w:rsid w:val="001E7FCD"/>
     <w:rsid w:val="001F059F"/>
     <w:rsid w:val="001F07E2"/>
     <w:rsid w:val="001F1E4B"/>
     <w:rsid w:val="001F2036"/>
     <w:rsid w:val="001F2227"/>
     <w:rsid w:val="001F239E"/>
     <w:rsid w:val="001F2778"/>
     <w:rsid w:val="001F4065"/>
     <w:rsid w:val="001F457B"/>
     <w:rsid w:val="001F4F23"/>
     <w:rsid w:val="001F5555"/>
+    <w:rsid w:val="001F5E5B"/>
     <w:rsid w:val="001F6069"/>
+    <w:rsid w:val="001F74BB"/>
     <w:rsid w:val="00200811"/>
     <w:rsid w:val="00200CA1"/>
     <w:rsid w:val="00201DD4"/>
     <w:rsid w:val="00203E6F"/>
     <w:rsid w:val="00203F13"/>
     <w:rsid w:val="00203F91"/>
     <w:rsid w:val="00204660"/>
     <w:rsid w:val="00204F20"/>
     <w:rsid w:val="00207375"/>
     <w:rsid w:val="00210860"/>
     <w:rsid w:val="00210B8B"/>
     <w:rsid w:val="00210C64"/>
     <w:rsid w:val="00211285"/>
     <w:rsid w:val="00211936"/>
     <w:rsid w:val="00211955"/>
+    <w:rsid w:val="0021196B"/>
     <w:rsid w:val="0021219D"/>
     <w:rsid w:val="0021338D"/>
     <w:rsid w:val="00213550"/>
     <w:rsid w:val="00213A4D"/>
     <w:rsid w:val="00213B98"/>
     <w:rsid w:val="0021401F"/>
     <w:rsid w:val="002145C0"/>
     <w:rsid w:val="00214D43"/>
     <w:rsid w:val="00215297"/>
     <w:rsid w:val="00220C6D"/>
     <w:rsid w:val="0022103E"/>
     <w:rsid w:val="00221938"/>
     <w:rsid w:val="002229FB"/>
     <w:rsid w:val="00222C79"/>
     <w:rsid w:val="00223090"/>
     <w:rsid w:val="002238B4"/>
     <w:rsid w:val="00223CE5"/>
+    <w:rsid w:val="00223D89"/>
     <w:rsid w:val="00223DD3"/>
     <w:rsid w:val="00224C91"/>
     <w:rsid w:val="00226A3C"/>
     <w:rsid w:val="00226E98"/>
+    <w:rsid w:val="00230BF3"/>
+    <w:rsid w:val="002313DD"/>
     <w:rsid w:val="002319AB"/>
     <w:rsid w:val="002319AC"/>
     <w:rsid w:val="002326E1"/>
+    <w:rsid w:val="002327A8"/>
     <w:rsid w:val="0023369F"/>
     <w:rsid w:val="00233ADC"/>
     <w:rsid w:val="00234342"/>
     <w:rsid w:val="00235926"/>
     <w:rsid w:val="00235E65"/>
     <w:rsid w:val="00237681"/>
     <w:rsid w:val="002378AB"/>
     <w:rsid w:val="0024040D"/>
     <w:rsid w:val="00240BDA"/>
     <w:rsid w:val="0024112E"/>
     <w:rsid w:val="002421D4"/>
     <w:rsid w:val="0024249A"/>
     <w:rsid w:val="00244CD5"/>
     <w:rsid w:val="00245F28"/>
     <w:rsid w:val="0025041D"/>
     <w:rsid w:val="0025089A"/>
     <w:rsid w:val="00250AAF"/>
+    <w:rsid w:val="002519BD"/>
     <w:rsid w:val="00251CD7"/>
+    <w:rsid w:val="00253FF1"/>
     <w:rsid w:val="00255FA3"/>
     <w:rsid w:val="00257288"/>
     <w:rsid w:val="0026055E"/>
     <w:rsid w:val="00260F07"/>
+    <w:rsid w:val="00261503"/>
     <w:rsid w:val="00261800"/>
     <w:rsid w:val="00261FB6"/>
     <w:rsid w:val="002629F8"/>
     <w:rsid w:val="00262AF4"/>
     <w:rsid w:val="00263396"/>
     <w:rsid w:val="00263FEE"/>
+    <w:rsid w:val="00264AA2"/>
     <w:rsid w:val="00264BCE"/>
     <w:rsid w:val="002652A5"/>
     <w:rsid w:val="0026577D"/>
     <w:rsid w:val="002659FA"/>
     <w:rsid w:val="00266CC6"/>
     <w:rsid w:val="00267815"/>
     <w:rsid w:val="0027023E"/>
     <w:rsid w:val="00270C7E"/>
     <w:rsid w:val="00272AF9"/>
     <w:rsid w:val="00272F6F"/>
+    <w:rsid w:val="00273EED"/>
     <w:rsid w:val="0027411F"/>
     <w:rsid w:val="00274811"/>
     <w:rsid w:val="00274ECB"/>
     <w:rsid w:val="0027681D"/>
     <w:rsid w:val="00276CF5"/>
     <w:rsid w:val="00277219"/>
     <w:rsid w:val="002777CB"/>
     <w:rsid w:val="00277BC4"/>
     <w:rsid w:val="00280118"/>
     <w:rsid w:val="00280796"/>
     <w:rsid w:val="00280DDF"/>
     <w:rsid w:val="00281281"/>
     <w:rsid w:val="0028284E"/>
     <w:rsid w:val="00282C56"/>
     <w:rsid w:val="0028369D"/>
     <w:rsid w:val="00283D19"/>
     <w:rsid w:val="0028424D"/>
     <w:rsid w:val="00284310"/>
     <w:rsid w:val="00284ED8"/>
     <w:rsid w:val="002868C5"/>
     <w:rsid w:val="00290726"/>
     <w:rsid w:val="002907D2"/>
     <w:rsid w:val="00290DEA"/>
     <w:rsid w:val="002917FF"/>
     <w:rsid w:val="00291E9F"/>
     <w:rsid w:val="00291FFA"/>
     <w:rsid w:val="0029276C"/>
     <w:rsid w:val="00292ADF"/>
     <w:rsid w:val="00292BEA"/>
     <w:rsid w:val="00293871"/>
+    <w:rsid w:val="002945A6"/>
     <w:rsid w:val="0029511E"/>
     <w:rsid w:val="002958BB"/>
     <w:rsid w:val="00296582"/>
+    <w:rsid w:val="00297CBA"/>
     <w:rsid w:val="002A03DD"/>
     <w:rsid w:val="002A0DEC"/>
+    <w:rsid w:val="002A11B4"/>
     <w:rsid w:val="002A128E"/>
     <w:rsid w:val="002A19FD"/>
     <w:rsid w:val="002A3CD0"/>
     <w:rsid w:val="002A5DEF"/>
     <w:rsid w:val="002A6314"/>
     <w:rsid w:val="002A6D95"/>
     <w:rsid w:val="002A7A10"/>
     <w:rsid w:val="002B0383"/>
     <w:rsid w:val="002B136A"/>
     <w:rsid w:val="002B1660"/>
     <w:rsid w:val="002B1C53"/>
     <w:rsid w:val="002B2BD1"/>
     <w:rsid w:val="002B56BA"/>
     <w:rsid w:val="002B6057"/>
+    <w:rsid w:val="002B6EB2"/>
     <w:rsid w:val="002C0215"/>
     <w:rsid w:val="002C0CC2"/>
     <w:rsid w:val="002C11C7"/>
     <w:rsid w:val="002C2991"/>
     <w:rsid w:val="002C2F94"/>
     <w:rsid w:val="002C332C"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C391A"/>
     <w:rsid w:val="002C4BC7"/>
+    <w:rsid w:val="002C5722"/>
     <w:rsid w:val="002C5A94"/>
     <w:rsid w:val="002C67EA"/>
     <w:rsid w:val="002C6949"/>
     <w:rsid w:val="002C6CD8"/>
+    <w:rsid w:val="002D1ABC"/>
     <w:rsid w:val="002D229C"/>
     <w:rsid w:val="002D35E9"/>
     <w:rsid w:val="002D4261"/>
     <w:rsid w:val="002D4F23"/>
     <w:rsid w:val="002D5760"/>
     <w:rsid w:val="002D5ED4"/>
     <w:rsid w:val="002D6388"/>
     <w:rsid w:val="002D6F6C"/>
     <w:rsid w:val="002D78E4"/>
+    <w:rsid w:val="002E0A02"/>
     <w:rsid w:val="002E0BE4"/>
     <w:rsid w:val="002E0F87"/>
     <w:rsid w:val="002E1402"/>
     <w:rsid w:val="002E2AD1"/>
     <w:rsid w:val="002E3B58"/>
     <w:rsid w:val="002E3E8A"/>
     <w:rsid w:val="002E452D"/>
     <w:rsid w:val="002E4C84"/>
     <w:rsid w:val="002E5244"/>
     <w:rsid w:val="002E5511"/>
     <w:rsid w:val="002E6A6A"/>
     <w:rsid w:val="002E6A84"/>
     <w:rsid w:val="002E7307"/>
     <w:rsid w:val="002E77BE"/>
     <w:rsid w:val="002F1163"/>
     <w:rsid w:val="002F133D"/>
     <w:rsid w:val="002F1B51"/>
     <w:rsid w:val="002F2135"/>
     <w:rsid w:val="002F2B3F"/>
     <w:rsid w:val="002F3215"/>
     <w:rsid w:val="002F3397"/>
     <w:rsid w:val="002F4531"/>
     <w:rsid w:val="002F5982"/>
     <w:rsid w:val="002F5D6A"/>
     <w:rsid w:val="002F5EE1"/>
     <w:rsid w:val="003009FF"/>
+    <w:rsid w:val="003010EB"/>
     <w:rsid w:val="00301831"/>
     <w:rsid w:val="00301D34"/>
+    <w:rsid w:val="0030356A"/>
     <w:rsid w:val="0030368B"/>
     <w:rsid w:val="0030380D"/>
     <w:rsid w:val="003052DE"/>
     <w:rsid w:val="00305C3B"/>
     <w:rsid w:val="0030631F"/>
     <w:rsid w:val="00306894"/>
     <w:rsid w:val="00307026"/>
     <w:rsid w:val="00307937"/>
     <w:rsid w:val="00307D4B"/>
     <w:rsid w:val="00310380"/>
     <w:rsid w:val="00310423"/>
     <w:rsid w:val="0031217D"/>
     <w:rsid w:val="00312411"/>
     <w:rsid w:val="003128A4"/>
     <w:rsid w:val="00312FDB"/>
     <w:rsid w:val="00314458"/>
     <w:rsid w:val="00315B8E"/>
     <w:rsid w:val="00316A58"/>
     <w:rsid w:val="00316DDA"/>
     <w:rsid w:val="003175E2"/>
     <w:rsid w:val="00321B5C"/>
     <w:rsid w:val="00322985"/>
     <w:rsid w:val="00322EA6"/>
     <w:rsid w:val="003235D4"/>
     <w:rsid w:val="00323E71"/>
     <w:rsid w:val="00324618"/>
     <w:rsid w:val="00326F77"/>
     <w:rsid w:val="003305F4"/>
     <w:rsid w:val="003313F5"/>
     <w:rsid w:val="003337A9"/>
+    <w:rsid w:val="0033544A"/>
+    <w:rsid w:val="0033798A"/>
     <w:rsid w:val="003401B0"/>
     <w:rsid w:val="00341E87"/>
+    <w:rsid w:val="003421CA"/>
     <w:rsid w:val="00343252"/>
+    <w:rsid w:val="003433B7"/>
     <w:rsid w:val="00343885"/>
     <w:rsid w:val="003452B7"/>
+    <w:rsid w:val="00345465"/>
     <w:rsid w:val="00346AC4"/>
     <w:rsid w:val="00346C8E"/>
     <w:rsid w:val="00350085"/>
+    <w:rsid w:val="0035050C"/>
     <w:rsid w:val="00351F11"/>
     <w:rsid w:val="003521BB"/>
     <w:rsid w:val="00352651"/>
     <w:rsid w:val="003526D7"/>
     <w:rsid w:val="00352EDB"/>
     <w:rsid w:val="00353261"/>
+    <w:rsid w:val="00353530"/>
     <w:rsid w:val="003535CF"/>
     <w:rsid w:val="00354047"/>
     <w:rsid w:val="0035476F"/>
     <w:rsid w:val="00354C85"/>
     <w:rsid w:val="00354FB7"/>
     <w:rsid w:val="00355E23"/>
     <w:rsid w:val="003608A4"/>
     <w:rsid w:val="003619E2"/>
     <w:rsid w:val="003625BD"/>
     <w:rsid w:val="003633F4"/>
     <w:rsid w:val="00363D3B"/>
     <w:rsid w:val="00365490"/>
     <w:rsid w:val="00365BBC"/>
     <w:rsid w:val="00366044"/>
     <w:rsid w:val="00366160"/>
     <w:rsid w:val="00367BD5"/>
     <w:rsid w:val="0037038F"/>
     <w:rsid w:val="003720F9"/>
+    <w:rsid w:val="0037269D"/>
+    <w:rsid w:val="00372A7B"/>
     <w:rsid w:val="00373C57"/>
     <w:rsid w:val="00374007"/>
     <w:rsid w:val="003748D4"/>
     <w:rsid w:val="00375F37"/>
     <w:rsid w:val="00376837"/>
     <w:rsid w:val="00382500"/>
     <w:rsid w:val="003830AB"/>
     <w:rsid w:val="00383265"/>
     <w:rsid w:val="0038340F"/>
     <w:rsid w:val="00384B0A"/>
     <w:rsid w:val="003872A2"/>
     <w:rsid w:val="00390327"/>
     <w:rsid w:val="003912F5"/>
     <w:rsid w:val="003925F7"/>
     <w:rsid w:val="00393B78"/>
     <w:rsid w:val="00396A9F"/>
     <w:rsid w:val="00396E23"/>
+    <w:rsid w:val="003975E7"/>
     <w:rsid w:val="00397CE8"/>
     <w:rsid w:val="003A009E"/>
     <w:rsid w:val="003A0140"/>
     <w:rsid w:val="003A01E9"/>
     <w:rsid w:val="003A088F"/>
     <w:rsid w:val="003A0BC3"/>
     <w:rsid w:val="003A1391"/>
     <w:rsid w:val="003A3A3B"/>
+    <w:rsid w:val="003A503B"/>
     <w:rsid w:val="003A5169"/>
+    <w:rsid w:val="003A5B27"/>
     <w:rsid w:val="003A5F98"/>
+    <w:rsid w:val="003A624D"/>
     <w:rsid w:val="003A6A60"/>
     <w:rsid w:val="003A7E1C"/>
+    <w:rsid w:val="003B00BF"/>
     <w:rsid w:val="003B0C5A"/>
     <w:rsid w:val="003B420A"/>
     <w:rsid w:val="003B4EA3"/>
     <w:rsid w:val="003B516E"/>
     <w:rsid w:val="003B5661"/>
     <w:rsid w:val="003B71FD"/>
     <w:rsid w:val="003B78E3"/>
+    <w:rsid w:val="003B7952"/>
     <w:rsid w:val="003C0306"/>
     <w:rsid w:val="003C114C"/>
     <w:rsid w:val="003C2132"/>
     <w:rsid w:val="003C341A"/>
     <w:rsid w:val="003C36F0"/>
     <w:rsid w:val="003C3943"/>
     <w:rsid w:val="003C40D6"/>
     <w:rsid w:val="003C465D"/>
     <w:rsid w:val="003C4D4B"/>
+    <w:rsid w:val="003C523F"/>
     <w:rsid w:val="003C5874"/>
+    <w:rsid w:val="003C6D09"/>
     <w:rsid w:val="003C73B8"/>
     <w:rsid w:val="003C7E81"/>
+    <w:rsid w:val="003D0125"/>
     <w:rsid w:val="003D13ED"/>
     <w:rsid w:val="003D16EA"/>
     <w:rsid w:val="003D1BAC"/>
     <w:rsid w:val="003D2118"/>
     <w:rsid w:val="003D2D3C"/>
     <w:rsid w:val="003D3046"/>
     <w:rsid w:val="003D3F6A"/>
     <w:rsid w:val="003D495D"/>
     <w:rsid w:val="003D7428"/>
     <w:rsid w:val="003D7DFF"/>
     <w:rsid w:val="003E098E"/>
     <w:rsid w:val="003E0A90"/>
     <w:rsid w:val="003E12B9"/>
     <w:rsid w:val="003E1396"/>
     <w:rsid w:val="003E219F"/>
     <w:rsid w:val="003E21F3"/>
     <w:rsid w:val="003E2BAA"/>
     <w:rsid w:val="003E2FAE"/>
+    <w:rsid w:val="003E3FEE"/>
     <w:rsid w:val="003E41D5"/>
     <w:rsid w:val="003E62FD"/>
     <w:rsid w:val="003E6C27"/>
     <w:rsid w:val="003F099C"/>
     <w:rsid w:val="003F2E14"/>
     <w:rsid w:val="003F4E1D"/>
     <w:rsid w:val="003F620A"/>
     <w:rsid w:val="003F72B9"/>
     <w:rsid w:val="003F7A86"/>
     <w:rsid w:val="003F7EA9"/>
+    <w:rsid w:val="004003CD"/>
     <w:rsid w:val="00401A1E"/>
     <w:rsid w:val="00401FCF"/>
     <w:rsid w:val="0040229F"/>
     <w:rsid w:val="004033F6"/>
+    <w:rsid w:val="00403CF1"/>
     <w:rsid w:val="00404908"/>
     <w:rsid w:val="00404D7C"/>
     <w:rsid w:val="00405895"/>
+    <w:rsid w:val="004063DC"/>
     <w:rsid w:val="00407CF7"/>
     <w:rsid w:val="00410508"/>
     <w:rsid w:val="00411014"/>
     <w:rsid w:val="00411819"/>
     <w:rsid w:val="00411BC5"/>
     <w:rsid w:val="00413671"/>
     <w:rsid w:val="0041427F"/>
     <w:rsid w:val="00415C65"/>
     <w:rsid w:val="00415ED6"/>
     <w:rsid w:val="004169CC"/>
     <w:rsid w:val="00416CFF"/>
+    <w:rsid w:val="0041703B"/>
     <w:rsid w:val="00417CAF"/>
     <w:rsid w:val="00417E2C"/>
     <w:rsid w:val="00420019"/>
     <w:rsid w:val="004200C2"/>
     <w:rsid w:val="00420A11"/>
+    <w:rsid w:val="00421A7F"/>
     <w:rsid w:val="00422265"/>
     <w:rsid w:val="00422354"/>
     <w:rsid w:val="00423C0E"/>
     <w:rsid w:val="00425E55"/>
+    <w:rsid w:val="00427D89"/>
     <w:rsid w:val="004310ED"/>
     <w:rsid w:val="00431D3C"/>
     <w:rsid w:val="0043242C"/>
     <w:rsid w:val="00432F78"/>
     <w:rsid w:val="00434046"/>
     <w:rsid w:val="00434E78"/>
     <w:rsid w:val="0043591B"/>
     <w:rsid w:val="004369AB"/>
+    <w:rsid w:val="00436E12"/>
     <w:rsid w:val="004370C3"/>
     <w:rsid w:val="004373A7"/>
+    <w:rsid w:val="00437829"/>
     <w:rsid w:val="00437D94"/>
     <w:rsid w:val="0044030C"/>
     <w:rsid w:val="004432A6"/>
     <w:rsid w:val="004444C3"/>
     <w:rsid w:val="0044521B"/>
     <w:rsid w:val="00451058"/>
     <w:rsid w:val="0045140A"/>
     <w:rsid w:val="0045269D"/>
     <w:rsid w:val="00452F67"/>
     <w:rsid w:val="00454389"/>
     <w:rsid w:val="004547FC"/>
+    <w:rsid w:val="00454DFA"/>
     <w:rsid w:val="00455D37"/>
     <w:rsid w:val="00456138"/>
     <w:rsid w:val="004566E6"/>
+    <w:rsid w:val="00460696"/>
     <w:rsid w:val="004612CC"/>
     <w:rsid w:val="0046150F"/>
     <w:rsid w:val="0046156C"/>
     <w:rsid w:val="004637B2"/>
     <w:rsid w:val="004648A4"/>
     <w:rsid w:val="00464C7B"/>
     <w:rsid w:val="004650BA"/>
     <w:rsid w:val="00465B44"/>
+    <w:rsid w:val="00465E2C"/>
     <w:rsid w:val="004670E4"/>
     <w:rsid w:val="00467132"/>
     <w:rsid w:val="004672F4"/>
     <w:rsid w:val="004675D5"/>
+    <w:rsid w:val="00470160"/>
+    <w:rsid w:val="00470BB9"/>
     <w:rsid w:val="00471380"/>
     <w:rsid w:val="00471D70"/>
     <w:rsid w:val="004723A2"/>
+    <w:rsid w:val="00472599"/>
     <w:rsid w:val="004726F0"/>
     <w:rsid w:val="004744A1"/>
     <w:rsid w:val="00474D6B"/>
+    <w:rsid w:val="0047628A"/>
     <w:rsid w:val="0047707E"/>
     <w:rsid w:val="0047799D"/>
     <w:rsid w:val="004779FE"/>
     <w:rsid w:val="004807B1"/>
     <w:rsid w:val="00483196"/>
     <w:rsid w:val="0048430B"/>
     <w:rsid w:val="00485E2D"/>
     <w:rsid w:val="0048603C"/>
     <w:rsid w:val="00487605"/>
     <w:rsid w:val="00487C7E"/>
+    <w:rsid w:val="004908FA"/>
     <w:rsid w:val="00491372"/>
     <w:rsid w:val="00491CC7"/>
+    <w:rsid w:val="00491FC6"/>
     <w:rsid w:val="004940C4"/>
     <w:rsid w:val="004944F2"/>
     <w:rsid w:val="00494D61"/>
     <w:rsid w:val="00494E4B"/>
     <w:rsid w:val="00494F0D"/>
     <w:rsid w:val="00495349"/>
     <w:rsid w:val="004963D0"/>
     <w:rsid w:val="00496BFD"/>
     <w:rsid w:val="00496DA7"/>
     <w:rsid w:val="00497E5E"/>
     <w:rsid w:val="004A3AE9"/>
     <w:rsid w:val="004A3C15"/>
     <w:rsid w:val="004A3DF2"/>
     <w:rsid w:val="004A5DCC"/>
     <w:rsid w:val="004A6049"/>
     <w:rsid w:val="004A6721"/>
     <w:rsid w:val="004A6E04"/>
     <w:rsid w:val="004A72AB"/>
     <w:rsid w:val="004B16A7"/>
     <w:rsid w:val="004B1E3C"/>
     <w:rsid w:val="004B27A6"/>
     <w:rsid w:val="004B2E56"/>
+    <w:rsid w:val="004B396E"/>
     <w:rsid w:val="004B5D04"/>
     <w:rsid w:val="004B675A"/>
     <w:rsid w:val="004C06C5"/>
     <w:rsid w:val="004C10E7"/>
     <w:rsid w:val="004C361D"/>
+    <w:rsid w:val="004C3BF6"/>
     <w:rsid w:val="004C4645"/>
     <w:rsid w:val="004C4891"/>
     <w:rsid w:val="004C75A0"/>
     <w:rsid w:val="004C79D4"/>
     <w:rsid w:val="004D2C89"/>
     <w:rsid w:val="004D2FD7"/>
+    <w:rsid w:val="004D370F"/>
     <w:rsid w:val="004D3B48"/>
     <w:rsid w:val="004D3D47"/>
     <w:rsid w:val="004D401E"/>
     <w:rsid w:val="004D42A8"/>
+    <w:rsid w:val="004D4326"/>
     <w:rsid w:val="004D6A83"/>
     <w:rsid w:val="004E10C9"/>
+    <w:rsid w:val="004E1230"/>
     <w:rsid w:val="004E20D6"/>
     <w:rsid w:val="004E2D52"/>
     <w:rsid w:val="004E3487"/>
     <w:rsid w:val="004E3932"/>
     <w:rsid w:val="004E3FF5"/>
     <w:rsid w:val="004E40FC"/>
     <w:rsid w:val="004E45FC"/>
     <w:rsid w:val="004E4919"/>
     <w:rsid w:val="004E4FE8"/>
     <w:rsid w:val="004E5557"/>
     <w:rsid w:val="004E6C92"/>
     <w:rsid w:val="004E7D8C"/>
     <w:rsid w:val="004F14EA"/>
     <w:rsid w:val="004F17CC"/>
     <w:rsid w:val="004F1E79"/>
     <w:rsid w:val="004F1F10"/>
     <w:rsid w:val="004F302A"/>
     <w:rsid w:val="004F3771"/>
     <w:rsid w:val="004F3964"/>
     <w:rsid w:val="004F427F"/>
     <w:rsid w:val="004F5F33"/>
     <w:rsid w:val="004F6480"/>
     <w:rsid w:val="004F7724"/>
     <w:rsid w:val="00500380"/>
     <w:rsid w:val="00500880"/>
     <w:rsid w:val="00500C29"/>
     <w:rsid w:val="00500F82"/>
     <w:rsid w:val="0050103A"/>
     <w:rsid w:val="005013C3"/>
     <w:rsid w:val="00505448"/>
     <w:rsid w:val="00505D98"/>
     <w:rsid w:val="00507723"/>
     <w:rsid w:val="00511245"/>
+    <w:rsid w:val="00511742"/>
     <w:rsid w:val="00511B0F"/>
     <w:rsid w:val="00514EDF"/>
     <w:rsid w:val="005153DC"/>
     <w:rsid w:val="00516D63"/>
     <w:rsid w:val="00516F64"/>
     <w:rsid w:val="005175DA"/>
     <w:rsid w:val="00517700"/>
+    <w:rsid w:val="00517A56"/>
     <w:rsid w:val="00520BBF"/>
     <w:rsid w:val="00521D95"/>
+    <w:rsid w:val="0052242F"/>
     <w:rsid w:val="005225AD"/>
+    <w:rsid w:val="00523A54"/>
     <w:rsid w:val="00523C02"/>
+    <w:rsid w:val="005243C0"/>
     <w:rsid w:val="00524E18"/>
     <w:rsid w:val="00526EB6"/>
     <w:rsid w:val="00527C3D"/>
     <w:rsid w:val="0053002B"/>
     <w:rsid w:val="00530A47"/>
     <w:rsid w:val="005316FB"/>
     <w:rsid w:val="00532470"/>
     <w:rsid w:val="0053262E"/>
     <w:rsid w:val="00532E13"/>
     <w:rsid w:val="00534E09"/>
     <w:rsid w:val="00535C65"/>
     <w:rsid w:val="00536B87"/>
     <w:rsid w:val="00537058"/>
     <w:rsid w:val="00537528"/>
+    <w:rsid w:val="00537E58"/>
     <w:rsid w:val="005402AE"/>
     <w:rsid w:val="0054206E"/>
     <w:rsid w:val="0054234C"/>
+    <w:rsid w:val="00542474"/>
     <w:rsid w:val="005438BA"/>
     <w:rsid w:val="00543A78"/>
     <w:rsid w:val="00544428"/>
     <w:rsid w:val="00544CBE"/>
+    <w:rsid w:val="00545BB6"/>
     <w:rsid w:val="005467CF"/>
     <w:rsid w:val="0054693F"/>
     <w:rsid w:val="00546B18"/>
     <w:rsid w:val="00550460"/>
     <w:rsid w:val="005510CE"/>
     <w:rsid w:val="00552419"/>
     <w:rsid w:val="0055256E"/>
     <w:rsid w:val="0055353E"/>
     <w:rsid w:val="00553871"/>
     <w:rsid w:val="0055388E"/>
     <w:rsid w:val="00553BD9"/>
+    <w:rsid w:val="00553D16"/>
     <w:rsid w:val="005540A3"/>
     <w:rsid w:val="00554705"/>
     <w:rsid w:val="005557F2"/>
     <w:rsid w:val="00556A80"/>
     <w:rsid w:val="00556EB4"/>
+    <w:rsid w:val="005617D4"/>
     <w:rsid w:val="0056350C"/>
     <w:rsid w:val="005652ED"/>
     <w:rsid w:val="00565E55"/>
     <w:rsid w:val="00567BCA"/>
     <w:rsid w:val="0057020D"/>
     <w:rsid w:val="005709A8"/>
+    <w:rsid w:val="0057151E"/>
     <w:rsid w:val="00572B8E"/>
     <w:rsid w:val="005754AE"/>
     <w:rsid w:val="00575ABA"/>
     <w:rsid w:val="0057713E"/>
     <w:rsid w:val="005778D8"/>
     <w:rsid w:val="00577F14"/>
     <w:rsid w:val="00577FB5"/>
     <w:rsid w:val="00581771"/>
     <w:rsid w:val="005822B8"/>
     <w:rsid w:val="005828DE"/>
     <w:rsid w:val="00583E68"/>
     <w:rsid w:val="00584232"/>
     <w:rsid w:val="00584E07"/>
     <w:rsid w:val="00585243"/>
     <w:rsid w:val="005852D1"/>
     <w:rsid w:val="00587A22"/>
     <w:rsid w:val="00587FD3"/>
     <w:rsid w:val="00590001"/>
     <w:rsid w:val="00591289"/>
     <w:rsid w:val="00592269"/>
     <w:rsid w:val="0059258D"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="005929E3"/>
     <w:rsid w:val="00592BB0"/>
+    <w:rsid w:val="0059353B"/>
     <w:rsid w:val="00594408"/>
     <w:rsid w:val="005949B3"/>
     <w:rsid w:val="00594E82"/>
     <w:rsid w:val="00595148"/>
     <w:rsid w:val="00595C8C"/>
     <w:rsid w:val="005960B1"/>
     <w:rsid w:val="0059669C"/>
+    <w:rsid w:val="00596C2C"/>
     <w:rsid w:val="00596F83"/>
     <w:rsid w:val="00597747"/>
     <w:rsid w:val="00597795"/>
+    <w:rsid w:val="00597C7D"/>
     <w:rsid w:val="005A1E75"/>
     <w:rsid w:val="005A390D"/>
     <w:rsid w:val="005A3E7E"/>
     <w:rsid w:val="005A4C0E"/>
     <w:rsid w:val="005A4CDD"/>
     <w:rsid w:val="005A4E59"/>
     <w:rsid w:val="005A5F29"/>
     <w:rsid w:val="005A63CD"/>
     <w:rsid w:val="005A67E7"/>
     <w:rsid w:val="005A71D9"/>
+    <w:rsid w:val="005A7EF5"/>
     <w:rsid w:val="005B015B"/>
     <w:rsid w:val="005B0BBF"/>
     <w:rsid w:val="005B1DDC"/>
     <w:rsid w:val="005B25F7"/>
     <w:rsid w:val="005B2666"/>
+    <w:rsid w:val="005B2AAA"/>
     <w:rsid w:val="005B2D77"/>
     <w:rsid w:val="005B33DB"/>
     <w:rsid w:val="005B35B6"/>
+    <w:rsid w:val="005B3DDB"/>
     <w:rsid w:val="005B43AF"/>
     <w:rsid w:val="005B5256"/>
     <w:rsid w:val="005B57E4"/>
     <w:rsid w:val="005B5ABD"/>
     <w:rsid w:val="005B5B03"/>
     <w:rsid w:val="005B5D3A"/>
     <w:rsid w:val="005B6CD6"/>
     <w:rsid w:val="005C0537"/>
     <w:rsid w:val="005C140A"/>
     <w:rsid w:val="005C1E52"/>
+    <w:rsid w:val="005C2038"/>
     <w:rsid w:val="005C28E6"/>
     <w:rsid w:val="005C3D6C"/>
+    <w:rsid w:val="005C498F"/>
     <w:rsid w:val="005C671C"/>
     <w:rsid w:val="005C6763"/>
     <w:rsid w:val="005C6A77"/>
     <w:rsid w:val="005C75C7"/>
     <w:rsid w:val="005D00AB"/>
     <w:rsid w:val="005D15B3"/>
     <w:rsid w:val="005D1EB5"/>
     <w:rsid w:val="005D26F2"/>
     <w:rsid w:val="005D2959"/>
     <w:rsid w:val="005D3164"/>
     <w:rsid w:val="005D3745"/>
     <w:rsid w:val="005D3DB0"/>
     <w:rsid w:val="005D4C8C"/>
     <w:rsid w:val="005D77A7"/>
     <w:rsid w:val="005D7861"/>
     <w:rsid w:val="005E0344"/>
     <w:rsid w:val="005E1D48"/>
     <w:rsid w:val="005E24B5"/>
     <w:rsid w:val="005E2DE4"/>
+    <w:rsid w:val="005E3DE6"/>
     <w:rsid w:val="005E440B"/>
+    <w:rsid w:val="005E4625"/>
     <w:rsid w:val="005E47A7"/>
+    <w:rsid w:val="005E536B"/>
     <w:rsid w:val="005E6532"/>
+    <w:rsid w:val="005F0285"/>
     <w:rsid w:val="005F0570"/>
     <w:rsid w:val="005F0AC4"/>
     <w:rsid w:val="005F0DBE"/>
     <w:rsid w:val="005F1379"/>
     <w:rsid w:val="005F1627"/>
+    <w:rsid w:val="005F16A9"/>
     <w:rsid w:val="005F1914"/>
     <w:rsid w:val="005F2C85"/>
     <w:rsid w:val="005F3DA8"/>
+    <w:rsid w:val="005F5564"/>
+    <w:rsid w:val="005F6B1C"/>
     <w:rsid w:val="005F6DB4"/>
     <w:rsid w:val="005F7DBB"/>
     <w:rsid w:val="006000C4"/>
     <w:rsid w:val="006002DA"/>
     <w:rsid w:val="00600C58"/>
     <w:rsid w:val="00600E07"/>
     <w:rsid w:val="006021B6"/>
     <w:rsid w:val="0060290A"/>
     <w:rsid w:val="00602A06"/>
     <w:rsid w:val="00602C5D"/>
     <w:rsid w:val="00604087"/>
     <w:rsid w:val="006040EF"/>
     <w:rsid w:val="0060517A"/>
     <w:rsid w:val="0060568A"/>
+    <w:rsid w:val="0060572C"/>
     <w:rsid w:val="00605ADB"/>
     <w:rsid w:val="00606AC2"/>
     <w:rsid w:val="00607657"/>
     <w:rsid w:val="006100B9"/>
     <w:rsid w:val="00610FEA"/>
     <w:rsid w:val="00611579"/>
     <w:rsid w:val="006117BF"/>
     <w:rsid w:val="00611C9F"/>
     <w:rsid w:val="00611FBF"/>
     <w:rsid w:val="006122A1"/>
     <w:rsid w:val="00612C31"/>
     <w:rsid w:val="00614CD7"/>
+    <w:rsid w:val="00615E6B"/>
     <w:rsid w:val="00616230"/>
     <w:rsid w:val="00617604"/>
     <w:rsid w:val="0062066E"/>
+    <w:rsid w:val="00620BD3"/>
     <w:rsid w:val="00623487"/>
     <w:rsid w:val="00623575"/>
     <w:rsid w:val="006248DE"/>
     <w:rsid w:val="00624D75"/>
     <w:rsid w:val="00626FC4"/>
+    <w:rsid w:val="00626FFF"/>
     <w:rsid w:val="00627555"/>
     <w:rsid w:val="00630B7D"/>
     <w:rsid w:val="00631DBE"/>
     <w:rsid w:val="006322A0"/>
     <w:rsid w:val="00633338"/>
     <w:rsid w:val="006336FD"/>
     <w:rsid w:val="00633E9C"/>
     <w:rsid w:val="006344A9"/>
     <w:rsid w:val="00634FE8"/>
     <w:rsid w:val="00635437"/>
     <w:rsid w:val="00635614"/>
     <w:rsid w:val="0063580B"/>
     <w:rsid w:val="006359F5"/>
     <w:rsid w:val="006361FD"/>
     <w:rsid w:val="006369CC"/>
     <w:rsid w:val="00637505"/>
     <w:rsid w:val="00637775"/>
     <w:rsid w:val="00637EC0"/>
     <w:rsid w:val="00641C56"/>
     <w:rsid w:val="0064226F"/>
+    <w:rsid w:val="00642BDB"/>
     <w:rsid w:val="00642DDB"/>
+    <w:rsid w:val="0064335B"/>
     <w:rsid w:val="006448A0"/>
+    <w:rsid w:val="006448C5"/>
     <w:rsid w:val="00646CA5"/>
     <w:rsid w:val="00647465"/>
     <w:rsid w:val="006474B8"/>
     <w:rsid w:val="0065039E"/>
     <w:rsid w:val="006522B5"/>
     <w:rsid w:val="00652922"/>
     <w:rsid w:val="00652A04"/>
     <w:rsid w:val="00653027"/>
     <w:rsid w:val="00653062"/>
     <w:rsid w:val="00653298"/>
     <w:rsid w:val="00653D7E"/>
     <w:rsid w:val="00655C5C"/>
     <w:rsid w:val="00655D19"/>
     <w:rsid w:val="006578AF"/>
     <w:rsid w:val="00657AC9"/>
     <w:rsid w:val="00657C24"/>
     <w:rsid w:val="0066063A"/>
+    <w:rsid w:val="00660A6F"/>
     <w:rsid w:val="00660B37"/>
     <w:rsid w:val="00660E7A"/>
     <w:rsid w:val="006613A6"/>
     <w:rsid w:val="00661E5A"/>
+    <w:rsid w:val="0066204B"/>
     <w:rsid w:val="006636E2"/>
     <w:rsid w:val="00663A7C"/>
     <w:rsid w:val="00664E0D"/>
     <w:rsid w:val="00665F70"/>
     <w:rsid w:val="0066726E"/>
     <w:rsid w:val="00667DF2"/>
     <w:rsid w:val="006705D6"/>
     <w:rsid w:val="00670DF1"/>
     <w:rsid w:val="006710C9"/>
     <w:rsid w:val="00671345"/>
     <w:rsid w:val="0067178F"/>
     <w:rsid w:val="00672A9B"/>
     <w:rsid w:val="006738B1"/>
     <w:rsid w:val="0067464D"/>
     <w:rsid w:val="006747AD"/>
     <w:rsid w:val="00674C8B"/>
     <w:rsid w:val="00675884"/>
     <w:rsid w:val="006769C3"/>
     <w:rsid w:val="00677380"/>
     <w:rsid w:val="00681806"/>
     <w:rsid w:val="00681960"/>
     <w:rsid w:val="006819EE"/>
     <w:rsid w:val="00681FDB"/>
     <w:rsid w:val="0068218B"/>
     <w:rsid w:val="006822BB"/>
+    <w:rsid w:val="00682347"/>
     <w:rsid w:val="00683440"/>
+    <w:rsid w:val="00683A46"/>
     <w:rsid w:val="006848F2"/>
+    <w:rsid w:val="00685470"/>
+    <w:rsid w:val="0068613E"/>
     <w:rsid w:val="00686922"/>
     <w:rsid w:val="00687E0B"/>
     <w:rsid w:val="00693015"/>
+    <w:rsid w:val="00693AB1"/>
     <w:rsid w:val="006945A0"/>
     <w:rsid w:val="0069648A"/>
     <w:rsid w:val="00696EE0"/>
     <w:rsid w:val="00697980"/>
     <w:rsid w:val="00697A20"/>
     <w:rsid w:val="006A19EF"/>
     <w:rsid w:val="006A1E0A"/>
     <w:rsid w:val="006A22E6"/>
     <w:rsid w:val="006A30BD"/>
     <w:rsid w:val="006A43D5"/>
     <w:rsid w:val="006A4AE2"/>
     <w:rsid w:val="006A525B"/>
     <w:rsid w:val="006A66D2"/>
     <w:rsid w:val="006A6DDA"/>
     <w:rsid w:val="006A7129"/>
+    <w:rsid w:val="006A72CD"/>
     <w:rsid w:val="006A731D"/>
     <w:rsid w:val="006B02CC"/>
     <w:rsid w:val="006B07A0"/>
     <w:rsid w:val="006B0B9E"/>
+    <w:rsid w:val="006B1956"/>
     <w:rsid w:val="006B1AED"/>
     <w:rsid w:val="006B1C53"/>
     <w:rsid w:val="006B2419"/>
     <w:rsid w:val="006B33EB"/>
     <w:rsid w:val="006B359A"/>
     <w:rsid w:val="006B5F19"/>
     <w:rsid w:val="006B625B"/>
     <w:rsid w:val="006B6884"/>
     <w:rsid w:val="006B6C9D"/>
+    <w:rsid w:val="006B6E26"/>
     <w:rsid w:val="006B7AF6"/>
     <w:rsid w:val="006B7ED6"/>
     <w:rsid w:val="006C034B"/>
     <w:rsid w:val="006C045F"/>
     <w:rsid w:val="006C0593"/>
     <w:rsid w:val="006C12FE"/>
     <w:rsid w:val="006C2EC2"/>
     <w:rsid w:val="006C3432"/>
     <w:rsid w:val="006C3713"/>
     <w:rsid w:val="006C3CA4"/>
     <w:rsid w:val="006C4049"/>
     <w:rsid w:val="006C4196"/>
+    <w:rsid w:val="006C48EC"/>
+    <w:rsid w:val="006C4F55"/>
     <w:rsid w:val="006C5145"/>
     <w:rsid w:val="006C575D"/>
+    <w:rsid w:val="006C5CA0"/>
     <w:rsid w:val="006C63B0"/>
+    <w:rsid w:val="006C69CB"/>
     <w:rsid w:val="006C6E75"/>
     <w:rsid w:val="006C76A2"/>
     <w:rsid w:val="006C792E"/>
     <w:rsid w:val="006D0A52"/>
     <w:rsid w:val="006D116C"/>
+    <w:rsid w:val="006D11BE"/>
     <w:rsid w:val="006D1F3F"/>
     <w:rsid w:val="006D2204"/>
     <w:rsid w:val="006D22DB"/>
     <w:rsid w:val="006D4517"/>
     <w:rsid w:val="006D4889"/>
     <w:rsid w:val="006D4B84"/>
+    <w:rsid w:val="006D4C28"/>
     <w:rsid w:val="006D4C34"/>
+    <w:rsid w:val="006D5129"/>
     <w:rsid w:val="006D74DC"/>
     <w:rsid w:val="006E0053"/>
     <w:rsid w:val="006E0FEC"/>
     <w:rsid w:val="006E1B07"/>
     <w:rsid w:val="006E360F"/>
     <w:rsid w:val="006E419D"/>
     <w:rsid w:val="006E6A2F"/>
+    <w:rsid w:val="006E763E"/>
     <w:rsid w:val="006E7C42"/>
     <w:rsid w:val="006F12E4"/>
     <w:rsid w:val="006F168A"/>
     <w:rsid w:val="006F1B89"/>
     <w:rsid w:val="006F1CA3"/>
+    <w:rsid w:val="006F22F9"/>
     <w:rsid w:val="006F2615"/>
+    <w:rsid w:val="006F2840"/>
+    <w:rsid w:val="006F30DB"/>
     <w:rsid w:val="006F4476"/>
     <w:rsid w:val="006F4AF8"/>
     <w:rsid w:val="006F5076"/>
     <w:rsid w:val="006F6009"/>
     <w:rsid w:val="006F65C1"/>
     <w:rsid w:val="006F703D"/>
     <w:rsid w:val="00701560"/>
     <w:rsid w:val="007017D0"/>
     <w:rsid w:val="0070183D"/>
     <w:rsid w:val="00703085"/>
     <w:rsid w:val="0070321D"/>
     <w:rsid w:val="007034AF"/>
     <w:rsid w:val="00703D4C"/>
     <w:rsid w:val="00704550"/>
     <w:rsid w:val="0070457A"/>
     <w:rsid w:val="00704B64"/>
     <w:rsid w:val="007055F0"/>
     <w:rsid w:val="00706234"/>
     <w:rsid w:val="007068BA"/>
     <w:rsid w:val="00707A0C"/>
     <w:rsid w:val="007106E3"/>
+    <w:rsid w:val="007107A7"/>
     <w:rsid w:val="00710B5A"/>
     <w:rsid w:val="0071330B"/>
     <w:rsid w:val="0071351B"/>
     <w:rsid w:val="007148E2"/>
+    <w:rsid w:val="00715046"/>
     <w:rsid w:val="00715303"/>
     <w:rsid w:val="007154C5"/>
+    <w:rsid w:val="00715CE2"/>
     <w:rsid w:val="00715F49"/>
     <w:rsid w:val="00715FA7"/>
     <w:rsid w:val="00716AB1"/>
     <w:rsid w:val="00717D86"/>
     <w:rsid w:val="00720A40"/>
     <w:rsid w:val="00720F31"/>
     <w:rsid w:val="0072149D"/>
     <w:rsid w:val="007214BB"/>
     <w:rsid w:val="00721D63"/>
+    <w:rsid w:val="00722A88"/>
     <w:rsid w:val="00722E1D"/>
     <w:rsid w:val="00723054"/>
     <w:rsid w:val="0072315F"/>
     <w:rsid w:val="0072322B"/>
     <w:rsid w:val="0072368F"/>
     <w:rsid w:val="00723C78"/>
     <w:rsid w:val="007249DE"/>
     <w:rsid w:val="007270C7"/>
+    <w:rsid w:val="00727497"/>
     <w:rsid w:val="00727BB7"/>
     <w:rsid w:val="00727C74"/>
     <w:rsid w:val="00730125"/>
     <w:rsid w:val="0073029D"/>
     <w:rsid w:val="007302A7"/>
     <w:rsid w:val="0073045D"/>
     <w:rsid w:val="00730511"/>
     <w:rsid w:val="007309E0"/>
     <w:rsid w:val="00731E74"/>
     <w:rsid w:val="00732C7B"/>
     <w:rsid w:val="0073363D"/>
     <w:rsid w:val="00734D2B"/>
     <w:rsid w:val="0073559D"/>
+    <w:rsid w:val="0073684E"/>
     <w:rsid w:val="00737705"/>
     <w:rsid w:val="00737C0E"/>
     <w:rsid w:val="00737D1A"/>
     <w:rsid w:val="007404C4"/>
     <w:rsid w:val="007408D4"/>
     <w:rsid w:val="00740DFC"/>
     <w:rsid w:val="00741116"/>
+    <w:rsid w:val="007418BE"/>
     <w:rsid w:val="007420AC"/>
     <w:rsid w:val="00742415"/>
     <w:rsid w:val="0074242F"/>
+    <w:rsid w:val="007424C2"/>
     <w:rsid w:val="00742617"/>
+    <w:rsid w:val="00744A5C"/>
+    <w:rsid w:val="00745591"/>
     <w:rsid w:val="007460D4"/>
     <w:rsid w:val="007474C2"/>
     <w:rsid w:val="00750D40"/>
     <w:rsid w:val="00751E5F"/>
     <w:rsid w:val="00753B93"/>
     <w:rsid w:val="00753DB6"/>
     <w:rsid w:val="007554AC"/>
     <w:rsid w:val="00755E44"/>
     <w:rsid w:val="00756259"/>
     <w:rsid w:val="00757569"/>
     <w:rsid w:val="00757F1D"/>
     <w:rsid w:val="007621E5"/>
     <w:rsid w:val="00763876"/>
     <w:rsid w:val="007647A3"/>
     <w:rsid w:val="00764EB4"/>
     <w:rsid w:val="0076550F"/>
+    <w:rsid w:val="00765EC2"/>
     <w:rsid w:val="0076693B"/>
     <w:rsid w:val="00770512"/>
     <w:rsid w:val="00771300"/>
     <w:rsid w:val="00772252"/>
     <w:rsid w:val="00772BEB"/>
+    <w:rsid w:val="00773CD2"/>
+    <w:rsid w:val="00773E96"/>
     <w:rsid w:val="00773F85"/>
     <w:rsid w:val="0077402B"/>
     <w:rsid w:val="00774861"/>
     <w:rsid w:val="00774997"/>
     <w:rsid w:val="00774A6E"/>
     <w:rsid w:val="00774F98"/>
     <w:rsid w:val="007757D7"/>
     <w:rsid w:val="007758EA"/>
     <w:rsid w:val="00777F39"/>
     <w:rsid w:val="007800CF"/>
     <w:rsid w:val="00780133"/>
+    <w:rsid w:val="00780561"/>
     <w:rsid w:val="007805B6"/>
     <w:rsid w:val="00780788"/>
     <w:rsid w:val="00780C35"/>
     <w:rsid w:val="00782BE9"/>
     <w:rsid w:val="00782DEF"/>
     <w:rsid w:val="00783AFA"/>
     <w:rsid w:val="00783CE4"/>
     <w:rsid w:val="00784D5D"/>
     <w:rsid w:val="00785427"/>
     <w:rsid w:val="00787099"/>
     <w:rsid w:val="007877E6"/>
     <w:rsid w:val="00790540"/>
     <w:rsid w:val="0079168D"/>
     <w:rsid w:val="007920A7"/>
     <w:rsid w:val="00792315"/>
+    <w:rsid w:val="00792C00"/>
+    <w:rsid w:val="00792F4D"/>
     <w:rsid w:val="00793178"/>
     <w:rsid w:val="00793284"/>
+    <w:rsid w:val="00794488"/>
+    <w:rsid w:val="00794EB3"/>
     <w:rsid w:val="00795387"/>
     <w:rsid w:val="00795792"/>
     <w:rsid w:val="00795878"/>
     <w:rsid w:val="007967FF"/>
     <w:rsid w:val="0079683D"/>
     <w:rsid w:val="007968CA"/>
     <w:rsid w:val="00797032"/>
     <w:rsid w:val="007975C4"/>
     <w:rsid w:val="00797809"/>
     <w:rsid w:val="007A00AC"/>
     <w:rsid w:val="007A017D"/>
+    <w:rsid w:val="007A04B8"/>
+    <w:rsid w:val="007A0732"/>
     <w:rsid w:val="007A0742"/>
+    <w:rsid w:val="007A0BCB"/>
     <w:rsid w:val="007A16EF"/>
+    <w:rsid w:val="007A33A8"/>
     <w:rsid w:val="007A35FF"/>
     <w:rsid w:val="007A43FF"/>
     <w:rsid w:val="007A455E"/>
     <w:rsid w:val="007A5319"/>
     <w:rsid w:val="007A6754"/>
     <w:rsid w:val="007B0386"/>
     <w:rsid w:val="007B08B2"/>
     <w:rsid w:val="007B0D2E"/>
+    <w:rsid w:val="007B103A"/>
     <w:rsid w:val="007B1FE4"/>
     <w:rsid w:val="007B238A"/>
     <w:rsid w:val="007B2E1B"/>
     <w:rsid w:val="007B3918"/>
     <w:rsid w:val="007B494D"/>
     <w:rsid w:val="007B57AC"/>
     <w:rsid w:val="007B69F8"/>
     <w:rsid w:val="007B6A9A"/>
     <w:rsid w:val="007B6D4A"/>
     <w:rsid w:val="007C0122"/>
     <w:rsid w:val="007C0725"/>
+    <w:rsid w:val="007C1B2B"/>
     <w:rsid w:val="007C2736"/>
     <w:rsid w:val="007C2D95"/>
     <w:rsid w:val="007C3C1D"/>
     <w:rsid w:val="007C4425"/>
     <w:rsid w:val="007C4D6C"/>
     <w:rsid w:val="007C6FBD"/>
     <w:rsid w:val="007D0D35"/>
     <w:rsid w:val="007D127D"/>
     <w:rsid w:val="007D199A"/>
     <w:rsid w:val="007D1F2D"/>
     <w:rsid w:val="007D2EBE"/>
     <w:rsid w:val="007D3C20"/>
     <w:rsid w:val="007D4225"/>
     <w:rsid w:val="007D4658"/>
     <w:rsid w:val="007D5372"/>
     <w:rsid w:val="007D571E"/>
     <w:rsid w:val="007D6171"/>
     <w:rsid w:val="007D78B4"/>
     <w:rsid w:val="007D7E0D"/>
     <w:rsid w:val="007E02B2"/>
     <w:rsid w:val="007E0414"/>
     <w:rsid w:val="007E19CA"/>
     <w:rsid w:val="007E1A4D"/>
     <w:rsid w:val="007E1B47"/>
     <w:rsid w:val="007E1C07"/>
     <w:rsid w:val="007E1E31"/>
     <w:rsid w:val="007E1E8D"/>
     <w:rsid w:val="007E2215"/>
     <w:rsid w:val="007E2AD9"/>
     <w:rsid w:val="007E521E"/>
     <w:rsid w:val="007E5FFC"/>
     <w:rsid w:val="007E6357"/>
     <w:rsid w:val="007E6812"/>
     <w:rsid w:val="007E6D9A"/>
     <w:rsid w:val="007F03B3"/>
     <w:rsid w:val="007F04FC"/>
     <w:rsid w:val="007F24B6"/>
     <w:rsid w:val="007F2991"/>
     <w:rsid w:val="007F38F3"/>
     <w:rsid w:val="007F3E31"/>
     <w:rsid w:val="007F46EE"/>
     <w:rsid w:val="007F6D62"/>
+    <w:rsid w:val="007F6DD7"/>
     <w:rsid w:val="007F72CE"/>
     <w:rsid w:val="007F7ECC"/>
     <w:rsid w:val="008018CB"/>
     <w:rsid w:val="00801A76"/>
     <w:rsid w:val="008021D4"/>
     <w:rsid w:val="00803230"/>
     <w:rsid w:val="00803580"/>
     <w:rsid w:val="00803D94"/>
     <w:rsid w:val="00804568"/>
     <w:rsid w:val="00805665"/>
     <w:rsid w:val="00805B37"/>
     <w:rsid w:val="00805FE3"/>
     <w:rsid w:val="00806976"/>
     <w:rsid w:val="00807037"/>
     <w:rsid w:val="00807673"/>
     <w:rsid w:val="00810807"/>
     <w:rsid w:val="00810E5C"/>
+    <w:rsid w:val="00811973"/>
     <w:rsid w:val="00812B14"/>
     <w:rsid w:val="008138D1"/>
     <w:rsid w:val="00813FEF"/>
     <w:rsid w:val="0081470F"/>
+    <w:rsid w:val="00816C6E"/>
     <w:rsid w:val="00816DCC"/>
     <w:rsid w:val="008177AA"/>
     <w:rsid w:val="00820287"/>
     <w:rsid w:val="0082231C"/>
     <w:rsid w:val="008226F3"/>
     <w:rsid w:val="008229BA"/>
     <w:rsid w:val="00822FEA"/>
     <w:rsid w:val="00823932"/>
     <w:rsid w:val="00824151"/>
     <w:rsid w:val="00824459"/>
     <w:rsid w:val="00827C80"/>
     <w:rsid w:val="00830771"/>
     <w:rsid w:val="00832539"/>
     <w:rsid w:val="00832734"/>
     <w:rsid w:val="00833F52"/>
+    <w:rsid w:val="00835499"/>
     <w:rsid w:val="00835CCD"/>
     <w:rsid w:val="00837466"/>
     <w:rsid w:val="0083764B"/>
     <w:rsid w:val="00837C3F"/>
     <w:rsid w:val="008405D3"/>
     <w:rsid w:val="00840E09"/>
     <w:rsid w:val="00842AA0"/>
     <w:rsid w:val="00842CB5"/>
     <w:rsid w:val="008430B5"/>
     <w:rsid w:val="008444B1"/>
     <w:rsid w:val="00844649"/>
     <w:rsid w:val="00845204"/>
     <w:rsid w:val="00845390"/>
+    <w:rsid w:val="00845A96"/>
     <w:rsid w:val="0084601B"/>
     <w:rsid w:val="00850A60"/>
     <w:rsid w:val="00850B73"/>
     <w:rsid w:val="008520B6"/>
     <w:rsid w:val="00852F1F"/>
     <w:rsid w:val="00853902"/>
     <w:rsid w:val="008547B4"/>
     <w:rsid w:val="00855F0A"/>
     <w:rsid w:val="00856194"/>
+    <w:rsid w:val="008571C3"/>
     <w:rsid w:val="0086038E"/>
     <w:rsid w:val="008606F0"/>
+    <w:rsid w:val="00861469"/>
     <w:rsid w:val="0086216F"/>
     <w:rsid w:val="00862483"/>
     <w:rsid w:val="0086259B"/>
+    <w:rsid w:val="00862D9B"/>
     <w:rsid w:val="00863594"/>
     <w:rsid w:val="008637B0"/>
     <w:rsid w:val="00865048"/>
     <w:rsid w:val="00865350"/>
     <w:rsid w:val="00865489"/>
     <w:rsid w:val="0086553D"/>
     <w:rsid w:val="00865FD8"/>
     <w:rsid w:val="0087088D"/>
     <w:rsid w:val="00870B12"/>
     <w:rsid w:val="008711EF"/>
     <w:rsid w:val="008715D3"/>
     <w:rsid w:val="0087192B"/>
+    <w:rsid w:val="00872D70"/>
     <w:rsid w:val="00873EF8"/>
     <w:rsid w:val="00874268"/>
     <w:rsid w:val="00874646"/>
     <w:rsid w:val="00874FEB"/>
     <w:rsid w:val="00875E82"/>
     <w:rsid w:val="00876AB7"/>
+    <w:rsid w:val="008771DC"/>
+    <w:rsid w:val="008807F8"/>
     <w:rsid w:val="00881B6F"/>
     <w:rsid w:val="008821BD"/>
     <w:rsid w:val="00882AA4"/>
     <w:rsid w:val="00882F3F"/>
     <w:rsid w:val="00883E22"/>
     <w:rsid w:val="00884E43"/>
     <w:rsid w:val="00885F2D"/>
     <w:rsid w:val="008860A8"/>
     <w:rsid w:val="00887565"/>
     <w:rsid w:val="00887EC6"/>
     <w:rsid w:val="008907F1"/>
     <w:rsid w:val="0089084C"/>
     <w:rsid w:val="00890B7D"/>
     <w:rsid w:val="00891F5B"/>
     <w:rsid w:val="00893409"/>
     <w:rsid w:val="00893D9F"/>
     <w:rsid w:val="008940B7"/>
+    <w:rsid w:val="0089715E"/>
     <w:rsid w:val="0089790B"/>
     <w:rsid w:val="008A095D"/>
     <w:rsid w:val="008A0DE6"/>
     <w:rsid w:val="008A2379"/>
     <w:rsid w:val="008A2B49"/>
     <w:rsid w:val="008A33EC"/>
     <w:rsid w:val="008A34EA"/>
     <w:rsid w:val="008A37E1"/>
+    <w:rsid w:val="008A3D6C"/>
     <w:rsid w:val="008A4329"/>
     <w:rsid w:val="008A4FAE"/>
     <w:rsid w:val="008A578E"/>
     <w:rsid w:val="008A6019"/>
     <w:rsid w:val="008A627F"/>
     <w:rsid w:val="008A6837"/>
     <w:rsid w:val="008A6E3F"/>
     <w:rsid w:val="008A6F81"/>
     <w:rsid w:val="008A7C51"/>
     <w:rsid w:val="008B0FBF"/>
     <w:rsid w:val="008B1461"/>
     <w:rsid w:val="008B1519"/>
     <w:rsid w:val="008B2309"/>
+    <w:rsid w:val="008B2A70"/>
     <w:rsid w:val="008B3917"/>
     <w:rsid w:val="008B392D"/>
     <w:rsid w:val="008B5455"/>
     <w:rsid w:val="008B58A2"/>
     <w:rsid w:val="008B6330"/>
     <w:rsid w:val="008B70DD"/>
     <w:rsid w:val="008B7290"/>
     <w:rsid w:val="008B7523"/>
+    <w:rsid w:val="008B7A56"/>
     <w:rsid w:val="008B7BCC"/>
     <w:rsid w:val="008C1612"/>
     <w:rsid w:val="008C2013"/>
+    <w:rsid w:val="008C2E87"/>
     <w:rsid w:val="008C35FA"/>
     <w:rsid w:val="008C366A"/>
     <w:rsid w:val="008C3A53"/>
     <w:rsid w:val="008C4BCC"/>
     <w:rsid w:val="008C50C3"/>
     <w:rsid w:val="008C582A"/>
     <w:rsid w:val="008C7094"/>
     <w:rsid w:val="008C7597"/>
     <w:rsid w:val="008C7D24"/>
     <w:rsid w:val="008D0AC2"/>
     <w:rsid w:val="008D2B97"/>
     <w:rsid w:val="008D2EF8"/>
     <w:rsid w:val="008D3C29"/>
+    <w:rsid w:val="008D3C87"/>
     <w:rsid w:val="008D4345"/>
     <w:rsid w:val="008D4762"/>
     <w:rsid w:val="008D49A5"/>
     <w:rsid w:val="008D50E6"/>
     <w:rsid w:val="008D6C81"/>
     <w:rsid w:val="008D6D82"/>
     <w:rsid w:val="008D75FF"/>
     <w:rsid w:val="008E07B9"/>
     <w:rsid w:val="008E0AB5"/>
+    <w:rsid w:val="008E2E75"/>
     <w:rsid w:val="008E2E85"/>
     <w:rsid w:val="008E3EF6"/>
     <w:rsid w:val="008E5553"/>
     <w:rsid w:val="008E5677"/>
     <w:rsid w:val="008E6CF0"/>
     <w:rsid w:val="008E754E"/>
     <w:rsid w:val="008E77DA"/>
     <w:rsid w:val="008E7ADE"/>
     <w:rsid w:val="008E7CD4"/>
     <w:rsid w:val="008F1439"/>
     <w:rsid w:val="008F37D9"/>
     <w:rsid w:val="008F3A13"/>
+    <w:rsid w:val="008F3B42"/>
     <w:rsid w:val="008F441D"/>
     <w:rsid w:val="008F5806"/>
     <w:rsid w:val="008F7051"/>
     <w:rsid w:val="008F74F3"/>
     <w:rsid w:val="009007D5"/>
     <w:rsid w:val="009028AD"/>
+    <w:rsid w:val="00902C11"/>
     <w:rsid w:val="009033A9"/>
     <w:rsid w:val="0090409A"/>
     <w:rsid w:val="009047AB"/>
     <w:rsid w:val="009050F6"/>
     <w:rsid w:val="00905354"/>
     <w:rsid w:val="0090581D"/>
     <w:rsid w:val="00906BE8"/>
     <w:rsid w:val="00906CBD"/>
     <w:rsid w:val="00906E77"/>
+    <w:rsid w:val="0090737B"/>
     <w:rsid w:val="009078CF"/>
     <w:rsid w:val="0091110D"/>
     <w:rsid w:val="0091439C"/>
+    <w:rsid w:val="00915146"/>
     <w:rsid w:val="009155A5"/>
     <w:rsid w:val="00916681"/>
     <w:rsid w:val="00917095"/>
     <w:rsid w:val="00917698"/>
     <w:rsid w:val="00917B81"/>
     <w:rsid w:val="00917C65"/>
     <w:rsid w:val="00920572"/>
     <w:rsid w:val="00920BF2"/>
     <w:rsid w:val="00921495"/>
     <w:rsid w:val="009221F5"/>
     <w:rsid w:val="00922264"/>
     <w:rsid w:val="0092233F"/>
     <w:rsid w:val="009227B9"/>
     <w:rsid w:val="00922B37"/>
     <w:rsid w:val="00924AE8"/>
+    <w:rsid w:val="009273E3"/>
     <w:rsid w:val="009278B4"/>
+    <w:rsid w:val="009300E5"/>
     <w:rsid w:val="009305FC"/>
     <w:rsid w:val="00932111"/>
     <w:rsid w:val="00932AA1"/>
     <w:rsid w:val="0093371F"/>
+    <w:rsid w:val="00934938"/>
     <w:rsid w:val="009349A9"/>
     <w:rsid w:val="009359F0"/>
     <w:rsid w:val="00935D30"/>
     <w:rsid w:val="0093616F"/>
     <w:rsid w:val="00936239"/>
     <w:rsid w:val="009369DF"/>
     <w:rsid w:val="00936C52"/>
     <w:rsid w:val="00940BD0"/>
     <w:rsid w:val="00941360"/>
     <w:rsid w:val="0094356D"/>
     <w:rsid w:val="0094398C"/>
+    <w:rsid w:val="009441A9"/>
     <w:rsid w:val="00945327"/>
     <w:rsid w:val="009462A9"/>
     <w:rsid w:val="009473FC"/>
     <w:rsid w:val="00947CCD"/>
     <w:rsid w:val="00947E18"/>
+    <w:rsid w:val="009500D4"/>
     <w:rsid w:val="00950ED1"/>
     <w:rsid w:val="00951351"/>
+    <w:rsid w:val="0095232A"/>
     <w:rsid w:val="009533DD"/>
     <w:rsid w:val="009541F0"/>
     <w:rsid w:val="0095489B"/>
     <w:rsid w:val="00955757"/>
     <w:rsid w:val="00955B8F"/>
     <w:rsid w:val="00956848"/>
     <w:rsid w:val="00957074"/>
     <w:rsid w:val="009570CC"/>
     <w:rsid w:val="00957A6D"/>
     <w:rsid w:val="009600E2"/>
     <w:rsid w:val="00960ADD"/>
+    <w:rsid w:val="00961176"/>
     <w:rsid w:val="009611D4"/>
     <w:rsid w:val="009619EB"/>
     <w:rsid w:val="00961F2F"/>
+    <w:rsid w:val="0096206F"/>
     <w:rsid w:val="00962891"/>
     <w:rsid w:val="00963992"/>
     <w:rsid w:val="00964118"/>
     <w:rsid w:val="00964D7F"/>
     <w:rsid w:val="00964E28"/>
     <w:rsid w:val="00965A19"/>
     <w:rsid w:val="00966FB9"/>
     <w:rsid w:val="009671CD"/>
     <w:rsid w:val="0096720B"/>
     <w:rsid w:val="0096775C"/>
     <w:rsid w:val="00970CB8"/>
     <w:rsid w:val="00972369"/>
     <w:rsid w:val="00972746"/>
     <w:rsid w:val="00972F49"/>
     <w:rsid w:val="00973164"/>
     <w:rsid w:val="00974557"/>
     <w:rsid w:val="009747D9"/>
     <w:rsid w:val="00974A44"/>
     <w:rsid w:val="00974F46"/>
     <w:rsid w:val="00974F7C"/>
     <w:rsid w:val="009751A9"/>
+    <w:rsid w:val="009758B8"/>
     <w:rsid w:val="00975E64"/>
     <w:rsid w:val="009768B2"/>
     <w:rsid w:val="00976DF1"/>
+    <w:rsid w:val="009772F5"/>
+    <w:rsid w:val="009801BA"/>
+    <w:rsid w:val="00980531"/>
     <w:rsid w:val="00980F9C"/>
     <w:rsid w:val="009813CA"/>
     <w:rsid w:val="009813DD"/>
     <w:rsid w:val="0098146B"/>
     <w:rsid w:val="00982E8D"/>
     <w:rsid w:val="00982F74"/>
     <w:rsid w:val="00983299"/>
     <w:rsid w:val="009832AB"/>
     <w:rsid w:val="0098384B"/>
+    <w:rsid w:val="00983D1C"/>
     <w:rsid w:val="00983E1F"/>
     <w:rsid w:val="00984D25"/>
     <w:rsid w:val="00984D37"/>
     <w:rsid w:val="00984D98"/>
     <w:rsid w:val="00985D6A"/>
     <w:rsid w:val="00985E46"/>
     <w:rsid w:val="0098632B"/>
     <w:rsid w:val="00987226"/>
     <w:rsid w:val="009872D9"/>
     <w:rsid w:val="00990570"/>
     <w:rsid w:val="00990D4D"/>
     <w:rsid w:val="0099182C"/>
     <w:rsid w:val="00991C69"/>
     <w:rsid w:val="009934BC"/>
+    <w:rsid w:val="00993CD6"/>
     <w:rsid w:val="00995B9C"/>
     <w:rsid w:val="00996435"/>
+    <w:rsid w:val="009967C9"/>
     <w:rsid w:val="009968E3"/>
     <w:rsid w:val="00997BFB"/>
     <w:rsid w:val="009A100A"/>
     <w:rsid w:val="009A14D1"/>
     <w:rsid w:val="009A1D69"/>
     <w:rsid w:val="009A2224"/>
     <w:rsid w:val="009A4845"/>
     <w:rsid w:val="009A5E8A"/>
     <w:rsid w:val="009A602A"/>
     <w:rsid w:val="009A62D2"/>
     <w:rsid w:val="009A6861"/>
     <w:rsid w:val="009A6EA8"/>
     <w:rsid w:val="009A7348"/>
+    <w:rsid w:val="009A75E2"/>
     <w:rsid w:val="009B08A1"/>
     <w:rsid w:val="009B0A0C"/>
     <w:rsid w:val="009B23F0"/>
     <w:rsid w:val="009B25D6"/>
     <w:rsid w:val="009B2CDE"/>
     <w:rsid w:val="009B376B"/>
     <w:rsid w:val="009B40EA"/>
     <w:rsid w:val="009B462C"/>
+    <w:rsid w:val="009B4828"/>
+    <w:rsid w:val="009B4E1E"/>
+    <w:rsid w:val="009B4EC6"/>
     <w:rsid w:val="009B59FE"/>
     <w:rsid w:val="009B6F52"/>
     <w:rsid w:val="009B7C4A"/>
     <w:rsid w:val="009C0E32"/>
     <w:rsid w:val="009C13B3"/>
     <w:rsid w:val="009C15F3"/>
     <w:rsid w:val="009C1FA8"/>
     <w:rsid w:val="009C2FEA"/>
     <w:rsid w:val="009C3689"/>
     <w:rsid w:val="009C36C4"/>
     <w:rsid w:val="009C4214"/>
     <w:rsid w:val="009C5010"/>
     <w:rsid w:val="009C5741"/>
     <w:rsid w:val="009C58C9"/>
     <w:rsid w:val="009C6324"/>
     <w:rsid w:val="009D0533"/>
     <w:rsid w:val="009D0E3D"/>
     <w:rsid w:val="009D1D05"/>
+    <w:rsid w:val="009D1EF0"/>
+    <w:rsid w:val="009D22E8"/>
     <w:rsid w:val="009D24E6"/>
     <w:rsid w:val="009D3044"/>
     <w:rsid w:val="009D3322"/>
     <w:rsid w:val="009D3459"/>
     <w:rsid w:val="009D3CC7"/>
     <w:rsid w:val="009D4228"/>
     <w:rsid w:val="009D59FF"/>
     <w:rsid w:val="009D5FB9"/>
     <w:rsid w:val="009D63D9"/>
     <w:rsid w:val="009D63EE"/>
     <w:rsid w:val="009D7998"/>
     <w:rsid w:val="009E07C2"/>
     <w:rsid w:val="009E0E52"/>
     <w:rsid w:val="009E103B"/>
     <w:rsid w:val="009E1093"/>
     <w:rsid w:val="009E201B"/>
     <w:rsid w:val="009E2290"/>
     <w:rsid w:val="009E23E0"/>
     <w:rsid w:val="009E25F3"/>
     <w:rsid w:val="009E3084"/>
     <w:rsid w:val="009E4315"/>
     <w:rsid w:val="009E4CAA"/>
     <w:rsid w:val="009E52D9"/>
     <w:rsid w:val="009E541A"/>
+    <w:rsid w:val="009E5F44"/>
     <w:rsid w:val="009E768E"/>
     <w:rsid w:val="009F032E"/>
     <w:rsid w:val="009F0E80"/>
     <w:rsid w:val="009F2487"/>
     <w:rsid w:val="009F2657"/>
     <w:rsid w:val="009F312B"/>
+    <w:rsid w:val="009F3462"/>
     <w:rsid w:val="009F5802"/>
     <w:rsid w:val="009F5C29"/>
     <w:rsid w:val="009F6DE4"/>
+    <w:rsid w:val="009F7188"/>
     <w:rsid w:val="009F72F2"/>
     <w:rsid w:val="009F72F9"/>
     <w:rsid w:val="00A00205"/>
     <w:rsid w:val="00A00AF0"/>
     <w:rsid w:val="00A00CD2"/>
     <w:rsid w:val="00A01797"/>
     <w:rsid w:val="00A01DDA"/>
     <w:rsid w:val="00A02E45"/>
     <w:rsid w:val="00A04F2A"/>
     <w:rsid w:val="00A06596"/>
     <w:rsid w:val="00A1042D"/>
     <w:rsid w:val="00A10564"/>
+    <w:rsid w:val="00A11A1B"/>
     <w:rsid w:val="00A12989"/>
     <w:rsid w:val="00A13DE4"/>
     <w:rsid w:val="00A14B5A"/>
     <w:rsid w:val="00A14C77"/>
     <w:rsid w:val="00A16591"/>
     <w:rsid w:val="00A20F58"/>
     <w:rsid w:val="00A2190B"/>
     <w:rsid w:val="00A22CD7"/>
     <w:rsid w:val="00A23020"/>
     <w:rsid w:val="00A2316C"/>
     <w:rsid w:val="00A2454F"/>
     <w:rsid w:val="00A248A8"/>
     <w:rsid w:val="00A24C78"/>
+    <w:rsid w:val="00A24CA2"/>
     <w:rsid w:val="00A24D36"/>
     <w:rsid w:val="00A2781F"/>
     <w:rsid w:val="00A27ABB"/>
     <w:rsid w:val="00A301E6"/>
     <w:rsid w:val="00A30BAD"/>
     <w:rsid w:val="00A3117B"/>
     <w:rsid w:val="00A31CB1"/>
     <w:rsid w:val="00A322F5"/>
+    <w:rsid w:val="00A325C6"/>
     <w:rsid w:val="00A34499"/>
     <w:rsid w:val="00A3567F"/>
     <w:rsid w:val="00A35EBA"/>
+    <w:rsid w:val="00A36197"/>
     <w:rsid w:val="00A36504"/>
     <w:rsid w:val="00A367F4"/>
     <w:rsid w:val="00A36AF5"/>
     <w:rsid w:val="00A36B5A"/>
     <w:rsid w:val="00A37698"/>
     <w:rsid w:val="00A40531"/>
     <w:rsid w:val="00A40F86"/>
     <w:rsid w:val="00A415D0"/>
     <w:rsid w:val="00A41ED3"/>
+    <w:rsid w:val="00A436FD"/>
     <w:rsid w:val="00A437B3"/>
     <w:rsid w:val="00A43A06"/>
     <w:rsid w:val="00A43F55"/>
     <w:rsid w:val="00A44D8A"/>
     <w:rsid w:val="00A45229"/>
+    <w:rsid w:val="00A461F5"/>
+    <w:rsid w:val="00A4703B"/>
     <w:rsid w:val="00A4703C"/>
     <w:rsid w:val="00A471CD"/>
     <w:rsid w:val="00A501C4"/>
     <w:rsid w:val="00A50B9A"/>
     <w:rsid w:val="00A51087"/>
     <w:rsid w:val="00A5128D"/>
     <w:rsid w:val="00A5202C"/>
     <w:rsid w:val="00A5253A"/>
     <w:rsid w:val="00A52588"/>
     <w:rsid w:val="00A52E3D"/>
     <w:rsid w:val="00A52E6A"/>
     <w:rsid w:val="00A52FA9"/>
     <w:rsid w:val="00A530A8"/>
+    <w:rsid w:val="00A53B11"/>
     <w:rsid w:val="00A53F95"/>
+    <w:rsid w:val="00A54B12"/>
     <w:rsid w:val="00A54BE7"/>
     <w:rsid w:val="00A55044"/>
+    <w:rsid w:val="00A5574C"/>
+    <w:rsid w:val="00A55FDF"/>
     <w:rsid w:val="00A56319"/>
     <w:rsid w:val="00A600F2"/>
     <w:rsid w:val="00A60543"/>
     <w:rsid w:val="00A6115C"/>
+    <w:rsid w:val="00A6308D"/>
     <w:rsid w:val="00A64040"/>
     <w:rsid w:val="00A653A8"/>
+    <w:rsid w:val="00A653DF"/>
     <w:rsid w:val="00A65401"/>
     <w:rsid w:val="00A65C0B"/>
     <w:rsid w:val="00A65F79"/>
+    <w:rsid w:val="00A663A2"/>
     <w:rsid w:val="00A67A60"/>
     <w:rsid w:val="00A7025C"/>
     <w:rsid w:val="00A70AE8"/>
     <w:rsid w:val="00A70B2E"/>
     <w:rsid w:val="00A718E0"/>
     <w:rsid w:val="00A727BA"/>
     <w:rsid w:val="00A72990"/>
     <w:rsid w:val="00A74952"/>
     <w:rsid w:val="00A75A57"/>
     <w:rsid w:val="00A763F0"/>
+    <w:rsid w:val="00A768E2"/>
     <w:rsid w:val="00A76C5E"/>
     <w:rsid w:val="00A7710B"/>
     <w:rsid w:val="00A77950"/>
     <w:rsid w:val="00A80992"/>
     <w:rsid w:val="00A80C5F"/>
+    <w:rsid w:val="00A810DE"/>
     <w:rsid w:val="00A81295"/>
     <w:rsid w:val="00A81CEE"/>
     <w:rsid w:val="00A81D82"/>
     <w:rsid w:val="00A82AB1"/>
     <w:rsid w:val="00A83849"/>
     <w:rsid w:val="00A84082"/>
     <w:rsid w:val="00A844F8"/>
+    <w:rsid w:val="00A85BC1"/>
     <w:rsid w:val="00A8695C"/>
     <w:rsid w:val="00A86D70"/>
     <w:rsid w:val="00A8704A"/>
     <w:rsid w:val="00A874E5"/>
     <w:rsid w:val="00A87F4F"/>
     <w:rsid w:val="00A9030D"/>
     <w:rsid w:val="00A9089C"/>
     <w:rsid w:val="00A90ABC"/>
     <w:rsid w:val="00A90F3C"/>
     <w:rsid w:val="00A91045"/>
     <w:rsid w:val="00A9118F"/>
     <w:rsid w:val="00A91C23"/>
     <w:rsid w:val="00A933BE"/>
     <w:rsid w:val="00A93E33"/>
     <w:rsid w:val="00A95894"/>
     <w:rsid w:val="00A95CAE"/>
     <w:rsid w:val="00A96160"/>
     <w:rsid w:val="00A972D9"/>
     <w:rsid w:val="00AA0105"/>
     <w:rsid w:val="00AA0E87"/>
     <w:rsid w:val="00AA2044"/>
     <w:rsid w:val="00AA312D"/>
     <w:rsid w:val="00AA3A9D"/>
     <w:rsid w:val="00AA47E9"/>
     <w:rsid w:val="00AA5643"/>
@@ -22672,1031 +23292,1193 @@
     <w:rsid w:val="00AC2C79"/>
     <w:rsid w:val="00AC3B07"/>
     <w:rsid w:val="00AC5AB3"/>
     <w:rsid w:val="00AC7C05"/>
     <w:rsid w:val="00AC7C0C"/>
     <w:rsid w:val="00AD167C"/>
     <w:rsid w:val="00AD16CA"/>
     <w:rsid w:val="00AD17C7"/>
     <w:rsid w:val="00AD1D07"/>
     <w:rsid w:val="00AD2113"/>
     <w:rsid w:val="00AD3669"/>
     <w:rsid w:val="00AD3AB5"/>
     <w:rsid w:val="00AD4031"/>
     <w:rsid w:val="00AD4041"/>
     <w:rsid w:val="00AD49A3"/>
     <w:rsid w:val="00AD4C55"/>
     <w:rsid w:val="00AD4C6E"/>
     <w:rsid w:val="00AD6A4E"/>
     <w:rsid w:val="00AD7F65"/>
     <w:rsid w:val="00AE042B"/>
     <w:rsid w:val="00AE1B30"/>
     <w:rsid w:val="00AE302B"/>
     <w:rsid w:val="00AE467C"/>
     <w:rsid w:val="00AE59CD"/>
     <w:rsid w:val="00AE6017"/>
+    <w:rsid w:val="00AE6E96"/>
     <w:rsid w:val="00AF0B67"/>
     <w:rsid w:val="00AF1053"/>
     <w:rsid w:val="00AF1A01"/>
     <w:rsid w:val="00AF226B"/>
     <w:rsid w:val="00AF3818"/>
     <w:rsid w:val="00AF5BF6"/>
     <w:rsid w:val="00AF626D"/>
     <w:rsid w:val="00AF7A9F"/>
     <w:rsid w:val="00AF7EDA"/>
     <w:rsid w:val="00B002B7"/>
     <w:rsid w:val="00B00582"/>
     <w:rsid w:val="00B00EB4"/>
     <w:rsid w:val="00B015A5"/>
     <w:rsid w:val="00B01964"/>
     <w:rsid w:val="00B01B5F"/>
     <w:rsid w:val="00B021A0"/>
     <w:rsid w:val="00B022E3"/>
     <w:rsid w:val="00B03DA3"/>
     <w:rsid w:val="00B03E14"/>
     <w:rsid w:val="00B045F4"/>
     <w:rsid w:val="00B05A8E"/>
     <w:rsid w:val="00B07C3B"/>
     <w:rsid w:val="00B1159C"/>
     <w:rsid w:val="00B11919"/>
     <w:rsid w:val="00B12FC9"/>
     <w:rsid w:val="00B1388B"/>
     <w:rsid w:val="00B138FE"/>
+    <w:rsid w:val="00B13A81"/>
     <w:rsid w:val="00B147A4"/>
     <w:rsid w:val="00B1624C"/>
     <w:rsid w:val="00B166CB"/>
     <w:rsid w:val="00B16BE5"/>
+    <w:rsid w:val="00B20FCF"/>
     <w:rsid w:val="00B215AB"/>
     <w:rsid w:val="00B21B89"/>
     <w:rsid w:val="00B22049"/>
     <w:rsid w:val="00B2224C"/>
     <w:rsid w:val="00B223DB"/>
     <w:rsid w:val="00B22C72"/>
     <w:rsid w:val="00B236A3"/>
     <w:rsid w:val="00B23835"/>
     <w:rsid w:val="00B23A3A"/>
     <w:rsid w:val="00B23E56"/>
     <w:rsid w:val="00B259DF"/>
     <w:rsid w:val="00B26747"/>
     <w:rsid w:val="00B26DB4"/>
+    <w:rsid w:val="00B272DD"/>
     <w:rsid w:val="00B274D6"/>
     <w:rsid w:val="00B304FB"/>
     <w:rsid w:val="00B30650"/>
     <w:rsid w:val="00B3128C"/>
+    <w:rsid w:val="00B32ACE"/>
     <w:rsid w:val="00B32F65"/>
     <w:rsid w:val="00B33B1F"/>
     <w:rsid w:val="00B340D5"/>
     <w:rsid w:val="00B3437A"/>
     <w:rsid w:val="00B349FB"/>
     <w:rsid w:val="00B35411"/>
     <w:rsid w:val="00B355C9"/>
     <w:rsid w:val="00B358AB"/>
     <w:rsid w:val="00B36332"/>
     <w:rsid w:val="00B369B1"/>
     <w:rsid w:val="00B376D1"/>
     <w:rsid w:val="00B41712"/>
     <w:rsid w:val="00B417A0"/>
     <w:rsid w:val="00B41E9F"/>
     <w:rsid w:val="00B41F9F"/>
     <w:rsid w:val="00B43397"/>
     <w:rsid w:val="00B43582"/>
     <w:rsid w:val="00B44558"/>
     <w:rsid w:val="00B448FA"/>
     <w:rsid w:val="00B44B1F"/>
     <w:rsid w:val="00B44BBF"/>
     <w:rsid w:val="00B451F9"/>
     <w:rsid w:val="00B46EF7"/>
     <w:rsid w:val="00B50997"/>
     <w:rsid w:val="00B525E8"/>
     <w:rsid w:val="00B5296F"/>
+    <w:rsid w:val="00B52D12"/>
     <w:rsid w:val="00B534E3"/>
     <w:rsid w:val="00B537AA"/>
     <w:rsid w:val="00B54D19"/>
     <w:rsid w:val="00B55195"/>
     <w:rsid w:val="00B55D24"/>
     <w:rsid w:val="00B56234"/>
+    <w:rsid w:val="00B5767D"/>
     <w:rsid w:val="00B603B3"/>
+    <w:rsid w:val="00B60C69"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B61176"/>
     <w:rsid w:val="00B61548"/>
     <w:rsid w:val="00B62F27"/>
+    <w:rsid w:val="00B62F56"/>
     <w:rsid w:val="00B631A5"/>
     <w:rsid w:val="00B638FC"/>
     <w:rsid w:val="00B64141"/>
+    <w:rsid w:val="00B64361"/>
     <w:rsid w:val="00B64E72"/>
+    <w:rsid w:val="00B652C1"/>
     <w:rsid w:val="00B65643"/>
     <w:rsid w:val="00B65FF1"/>
+    <w:rsid w:val="00B67258"/>
     <w:rsid w:val="00B70E0C"/>
+    <w:rsid w:val="00B72B4A"/>
     <w:rsid w:val="00B73BF3"/>
     <w:rsid w:val="00B7470B"/>
     <w:rsid w:val="00B74ACC"/>
     <w:rsid w:val="00B75160"/>
     <w:rsid w:val="00B75D53"/>
     <w:rsid w:val="00B75F7B"/>
     <w:rsid w:val="00B7715A"/>
     <w:rsid w:val="00B7770B"/>
     <w:rsid w:val="00B77913"/>
     <w:rsid w:val="00B80ECA"/>
+    <w:rsid w:val="00B81438"/>
     <w:rsid w:val="00B823B8"/>
     <w:rsid w:val="00B824FB"/>
     <w:rsid w:val="00B82646"/>
+    <w:rsid w:val="00B826DE"/>
+    <w:rsid w:val="00B82F56"/>
     <w:rsid w:val="00B83878"/>
     <w:rsid w:val="00B845AC"/>
     <w:rsid w:val="00B84B23"/>
     <w:rsid w:val="00B85B82"/>
     <w:rsid w:val="00B86971"/>
     <w:rsid w:val="00B86CBD"/>
     <w:rsid w:val="00B9018C"/>
     <w:rsid w:val="00B9196D"/>
     <w:rsid w:val="00B928CE"/>
     <w:rsid w:val="00B92ABA"/>
     <w:rsid w:val="00B9353B"/>
     <w:rsid w:val="00B93D8B"/>
+    <w:rsid w:val="00B9434B"/>
     <w:rsid w:val="00B94C34"/>
     <w:rsid w:val="00B94EAF"/>
     <w:rsid w:val="00B962F6"/>
     <w:rsid w:val="00B963AD"/>
     <w:rsid w:val="00B96A07"/>
     <w:rsid w:val="00B96BF0"/>
     <w:rsid w:val="00B970A8"/>
     <w:rsid w:val="00B97359"/>
     <w:rsid w:val="00B97A8F"/>
     <w:rsid w:val="00BA165D"/>
     <w:rsid w:val="00BA2A76"/>
     <w:rsid w:val="00BA3F48"/>
     <w:rsid w:val="00BA431C"/>
     <w:rsid w:val="00BA4BEC"/>
     <w:rsid w:val="00BA4E58"/>
     <w:rsid w:val="00BA5EC2"/>
     <w:rsid w:val="00BA6AAB"/>
     <w:rsid w:val="00BA7074"/>
     <w:rsid w:val="00BA7C3B"/>
+    <w:rsid w:val="00BA7F14"/>
     <w:rsid w:val="00BB08BA"/>
+    <w:rsid w:val="00BB0C12"/>
+    <w:rsid w:val="00BB15AE"/>
+    <w:rsid w:val="00BB2E24"/>
     <w:rsid w:val="00BB52AE"/>
     <w:rsid w:val="00BB5C1E"/>
     <w:rsid w:val="00BB6A0C"/>
     <w:rsid w:val="00BB6E8A"/>
+    <w:rsid w:val="00BB6EAA"/>
     <w:rsid w:val="00BB75C8"/>
     <w:rsid w:val="00BB7829"/>
     <w:rsid w:val="00BC03A6"/>
+    <w:rsid w:val="00BC13E0"/>
     <w:rsid w:val="00BC1A63"/>
     <w:rsid w:val="00BC1D1E"/>
+    <w:rsid w:val="00BC2A90"/>
+    <w:rsid w:val="00BC2C6A"/>
     <w:rsid w:val="00BC374A"/>
     <w:rsid w:val="00BC4B61"/>
     <w:rsid w:val="00BC5C10"/>
     <w:rsid w:val="00BC5C63"/>
     <w:rsid w:val="00BC6DBF"/>
+    <w:rsid w:val="00BC6EC9"/>
     <w:rsid w:val="00BC6F2F"/>
     <w:rsid w:val="00BC71BD"/>
+    <w:rsid w:val="00BD0B3A"/>
     <w:rsid w:val="00BD1457"/>
     <w:rsid w:val="00BD1DE4"/>
     <w:rsid w:val="00BD2642"/>
     <w:rsid w:val="00BD414C"/>
     <w:rsid w:val="00BD62C3"/>
     <w:rsid w:val="00BD6F77"/>
     <w:rsid w:val="00BD7B35"/>
     <w:rsid w:val="00BE2AD9"/>
     <w:rsid w:val="00BE3D2C"/>
     <w:rsid w:val="00BE3F8C"/>
     <w:rsid w:val="00BE567A"/>
     <w:rsid w:val="00BE5D71"/>
     <w:rsid w:val="00BE652F"/>
     <w:rsid w:val="00BE66E0"/>
     <w:rsid w:val="00BE69CA"/>
     <w:rsid w:val="00BE6B42"/>
     <w:rsid w:val="00BE750C"/>
     <w:rsid w:val="00BE7513"/>
     <w:rsid w:val="00BF0B0D"/>
     <w:rsid w:val="00BF1DD1"/>
     <w:rsid w:val="00BF1E86"/>
     <w:rsid w:val="00BF2064"/>
     <w:rsid w:val="00BF27FE"/>
     <w:rsid w:val="00BF31CA"/>
     <w:rsid w:val="00BF328F"/>
+    <w:rsid w:val="00BF501A"/>
+    <w:rsid w:val="00BF682C"/>
     <w:rsid w:val="00BF6E40"/>
     <w:rsid w:val="00BF756D"/>
+    <w:rsid w:val="00C00000"/>
     <w:rsid w:val="00C01F28"/>
     <w:rsid w:val="00C020F8"/>
     <w:rsid w:val="00C02315"/>
+    <w:rsid w:val="00C03299"/>
+    <w:rsid w:val="00C033C3"/>
     <w:rsid w:val="00C037B4"/>
     <w:rsid w:val="00C038DE"/>
     <w:rsid w:val="00C043B3"/>
     <w:rsid w:val="00C04F76"/>
     <w:rsid w:val="00C0517E"/>
     <w:rsid w:val="00C061F8"/>
     <w:rsid w:val="00C06920"/>
+    <w:rsid w:val="00C06E18"/>
     <w:rsid w:val="00C06F3E"/>
     <w:rsid w:val="00C07242"/>
     <w:rsid w:val="00C079AB"/>
     <w:rsid w:val="00C07DDF"/>
     <w:rsid w:val="00C10D74"/>
     <w:rsid w:val="00C10DFB"/>
     <w:rsid w:val="00C10E61"/>
     <w:rsid w:val="00C11347"/>
+    <w:rsid w:val="00C11EB8"/>
     <w:rsid w:val="00C1244A"/>
     <w:rsid w:val="00C1313C"/>
     <w:rsid w:val="00C146EB"/>
     <w:rsid w:val="00C14787"/>
     <w:rsid w:val="00C14DD1"/>
+    <w:rsid w:val="00C15135"/>
+    <w:rsid w:val="00C15649"/>
     <w:rsid w:val="00C1596D"/>
     <w:rsid w:val="00C15B8D"/>
     <w:rsid w:val="00C17010"/>
     <w:rsid w:val="00C17F8C"/>
+    <w:rsid w:val="00C204B5"/>
     <w:rsid w:val="00C20562"/>
     <w:rsid w:val="00C20D4D"/>
     <w:rsid w:val="00C211C2"/>
     <w:rsid w:val="00C21371"/>
     <w:rsid w:val="00C215C3"/>
     <w:rsid w:val="00C21A0C"/>
+    <w:rsid w:val="00C22809"/>
     <w:rsid w:val="00C23077"/>
     <w:rsid w:val="00C2352E"/>
     <w:rsid w:val="00C2392E"/>
     <w:rsid w:val="00C23A96"/>
     <w:rsid w:val="00C249C6"/>
     <w:rsid w:val="00C27C30"/>
     <w:rsid w:val="00C3064B"/>
     <w:rsid w:val="00C317A6"/>
     <w:rsid w:val="00C3237A"/>
     <w:rsid w:val="00C323A3"/>
     <w:rsid w:val="00C327C7"/>
     <w:rsid w:val="00C32CC1"/>
     <w:rsid w:val="00C32D92"/>
     <w:rsid w:val="00C32EAD"/>
     <w:rsid w:val="00C3365E"/>
+    <w:rsid w:val="00C33E98"/>
     <w:rsid w:val="00C34155"/>
     <w:rsid w:val="00C34B99"/>
     <w:rsid w:val="00C370EA"/>
     <w:rsid w:val="00C4057E"/>
     <w:rsid w:val="00C40CAA"/>
     <w:rsid w:val="00C426EC"/>
     <w:rsid w:val="00C438DF"/>
     <w:rsid w:val="00C43D50"/>
     <w:rsid w:val="00C43E6F"/>
     <w:rsid w:val="00C45640"/>
     <w:rsid w:val="00C45DA4"/>
     <w:rsid w:val="00C47D2A"/>
     <w:rsid w:val="00C50652"/>
     <w:rsid w:val="00C50BE1"/>
     <w:rsid w:val="00C50FA1"/>
     <w:rsid w:val="00C5173A"/>
     <w:rsid w:val="00C526D8"/>
     <w:rsid w:val="00C53CA7"/>
     <w:rsid w:val="00C54918"/>
     <w:rsid w:val="00C55AED"/>
     <w:rsid w:val="00C563BB"/>
     <w:rsid w:val="00C62891"/>
     <w:rsid w:val="00C63BBF"/>
     <w:rsid w:val="00C6483C"/>
     <w:rsid w:val="00C64AE9"/>
+    <w:rsid w:val="00C65015"/>
+    <w:rsid w:val="00C6572B"/>
     <w:rsid w:val="00C65CE7"/>
     <w:rsid w:val="00C66564"/>
     <w:rsid w:val="00C66D86"/>
+    <w:rsid w:val="00C66E7E"/>
+    <w:rsid w:val="00C67233"/>
     <w:rsid w:val="00C67B12"/>
+    <w:rsid w:val="00C7098C"/>
     <w:rsid w:val="00C70B4E"/>
     <w:rsid w:val="00C70CFF"/>
+    <w:rsid w:val="00C7162D"/>
     <w:rsid w:val="00C718FE"/>
     <w:rsid w:val="00C71D84"/>
     <w:rsid w:val="00C724F7"/>
     <w:rsid w:val="00C73038"/>
     <w:rsid w:val="00C73EF7"/>
     <w:rsid w:val="00C755BA"/>
     <w:rsid w:val="00C756FD"/>
     <w:rsid w:val="00C75DE9"/>
     <w:rsid w:val="00C76DA8"/>
     <w:rsid w:val="00C80883"/>
+    <w:rsid w:val="00C8131B"/>
     <w:rsid w:val="00C815B8"/>
     <w:rsid w:val="00C8276E"/>
     <w:rsid w:val="00C8418C"/>
     <w:rsid w:val="00C85495"/>
     <w:rsid w:val="00C8573A"/>
     <w:rsid w:val="00C85F7F"/>
     <w:rsid w:val="00C86849"/>
     <w:rsid w:val="00C86CEC"/>
     <w:rsid w:val="00C87296"/>
     <w:rsid w:val="00C876BD"/>
     <w:rsid w:val="00C8773D"/>
     <w:rsid w:val="00C87ABB"/>
     <w:rsid w:val="00C91831"/>
     <w:rsid w:val="00C919A9"/>
     <w:rsid w:val="00C91CFB"/>
     <w:rsid w:val="00C922E5"/>
     <w:rsid w:val="00C9276F"/>
     <w:rsid w:val="00C92C48"/>
     <w:rsid w:val="00C92F13"/>
+    <w:rsid w:val="00C94133"/>
     <w:rsid w:val="00C94D18"/>
     <w:rsid w:val="00C953DF"/>
     <w:rsid w:val="00CA02E6"/>
     <w:rsid w:val="00CA111C"/>
     <w:rsid w:val="00CA2CC4"/>
     <w:rsid w:val="00CA347E"/>
+    <w:rsid w:val="00CA3BDA"/>
     <w:rsid w:val="00CA3DE2"/>
     <w:rsid w:val="00CA4119"/>
     <w:rsid w:val="00CA70BD"/>
     <w:rsid w:val="00CA7B6E"/>
     <w:rsid w:val="00CB241C"/>
     <w:rsid w:val="00CB2798"/>
     <w:rsid w:val="00CB2F63"/>
     <w:rsid w:val="00CB4072"/>
     <w:rsid w:val="00CB447B"/>
     <w:rsid w:val="00CB4C95"/>
     <w:rsid w:val="00CB56D7"/>
     <w:rsid w:val="00CB675D"/>
     <w:rsid w:val="00CB75EC"/>
     <w:rsid w:val="00CC1EE9"/>
     <w:rsid w:val="00CC292C"/>
     <w:rsid w:val="00CC2ABE"/>
     <w:rsid w:val="00CC4406"/>
+    <w:rsid w:val="00CC48B9"/>
     <w:rsid w:val="00CC4A9A"/>
     <w:rsid w:val="00CC6286"/>
     <w:rsid w:val="00CC7CD4"/>
     <w:rsid w:val="00CD0309"/>
+    <w:rsid w:val="00CD10C2"/>
     <w:rsid w:val="00CD196F"/>
+    <w:rsid w:val="00CD2533"/>
+    <w:rsid w:val="00CD32D4"/>
     <w:rsid w:val="00CD4ABB"/>
     <w:rsid w:val="00CD5401"/>
     <w:rsid w:val="00CD6476"/>
+    <w:rsid w:val="00CD70E9"/>
     <w:rsid w:val="00CE0F5A"/>
     <w:rsid w:val="00CE1C80"/>
     <w:rsid w:val="00CE2709"/>
     <w:rsid w:val="00CE2D64"/>
     <w:rsid w:val="00CE4147"/>
+    <w:rsid w:val="00CE5F33"/>
     <w:rsid w:val="00CE60E8"/>
     <w:rsid w:val="00CE6198"/>
+    <w:rsid w:val="00CE6E47"/>
+    <w:rsid w:val="00CE71F1"/>
     <w:rsid w:val="00CE7FDD"/>
     <w:rsid w:val="00CF001D"/>
     <w:rsid w:val="00CF05A5"/>
+    <w:rsid w:val="00CF0C38"/>
     <w:rsid w:val="00CF1763"/>
     <w:rsid w:val="00CF19CE"/>
+    <w:rsid w:val="00CF277C"/>
+    <w:rsid w:val="00CF56C9"/>
     <w:rsid w:val="00CF60ED"/>
     <w:rsid w:val="00CF6230"/>
     <w:rsid w:val="00CF6A9A"/>
     <w:rsid w:val="00CF726E"/>
     <w:rsid w:val="00CF7775"/>
     <w:rsid w:val="00CF77B3"/>
     <w:rsid w:val="00D00C44"/>
+    <w:rsid w:val="00D0121B"/>
     <w:rsid w:val="00D017AF"/>
     <w:rsid w:val="00D017FC"/>
     <w:rsid w:val="00D021F3"/>
     <w:rsid w:val="00D0226A"/>
+    <w:rsid w:val="00D02F33"/>
     <w:rsid w:val="00D0382E"/>
     <w:rsid w:val="00D03C10"/>
     <w:rsid w:val="00D03DFE"/>
+    <w:rsid w:val="00D04CE6"/>
     <w:rsid w:val="00D04DCA"/>
     <w:rsid w:val="00D060F3"/>
     <w:rsid w:val="00D061DB"/>
     <w:rsid w:val="00D06FF9"/>
     <w:rsid w:val="00D07DC4"/>
     <w:rsid w:val="00D07FCA"/>
+    <w:rsid w:val="00D11BE0"/>
+    <w:rsid w:val="00D11D89"/>
+    <w:rsid w:val="00D1270F"/>
     <w:rsid w:val="00D12A24"/>
     <w:rsid w:val="00D12D49"/>
     <w:rsid w:val="00D13147"/>
     <w:rsid w:val="00D15421"/>
+    <w:rsid w:val="00D1570E"/>
     <w:rsid w:val="00D164F7"/>
     <w:rsid w:val="00D16959"/>
     <w:rsid w:val="00D17AC7"/>
     <w:rsid w:val="00D17DEC"/>
     <w:rsid w:val="00D20BBE"/>
     <w:rsid w:val="00D22824"/>
     <w:rsid w:val="00D234E5"/>
     <w:rsid w:val="00D2380D"/>
     <w:rsid w:val="00D239B0"/>
     <w:rsid w:val="00D246EE"/>
+    <w:rsid w:val="00D24AB9"/>
+    <w:rsid w:val="00D2648A"/>
     <w:rsid w:val="00D26890"/>
     <w:rsid w:val="00D26F74"/>
     <w:rsid w:val="00D26FE3"/>
     <w:rsid w:val="00D2705A"/>
+    <w:rsid w:val="00D27BAF"/>
     <w:rsid w:val="00D313A2"/>
     <w:rsid w:val="00D31481"/>
     <w:rsid w:val="00D3158C"/>
+    <w:rsid w:val="00D33237"/>
     <w:rsid w:val="00D34075"/>
     <w:rsid w:val="00D34088"/>
+    <w:rsid w:val="00D3526C"/>
+    <w:rsid w:val="00D357FD"/>
     <w:rsid w:val="00D36495"/>
     <w:rsid w:val="00D36FA5"/>
     <w:rsid w:val="00D3799C"/>
     <w:rsid w:val="00D41D82"/>
     <w:rsid w:val="00D43832"/>
     <w:rsid w:val="00D43E0B"/>
     <w:rsid w:val="00D44409"/>
     <w:rsid w:val="00D45A2D"/>
     <w:rsid w:val="00D463FF"/>
     <w:rsid w:val="00D471B8"/>
     <w:rsid w:val="00D4733B"/>
     <w:rsid w:val="00D47A92"/>
     <w:rsid w:val="00D47E0A"/>
     <w:rsid w:val="00D47E37"/>
+    <w:rsid w:val="00D5023D"/>
+    <w:rsid w:val="00D50B84"/>
     <w:rsid w:val="00D5114F"/>
     <w:rsid w:val="00D52034"/>
+    <w:rsid w:val="00D543AA"/>
     <w:rsid w:val="00D5490D"/>
     <w:rsid w:val="00D55BD1"/>
     <w:rsid w:val="00D55CA6"/>
     <w:rsid w:val="00D55E30"/>
     <w:rsid w:val="00D5715A"/>
     <w:rsid w:val="00D571EA"/>
     <w:rsid w:val="00D60CD1"/>
     <w:rsid w:val="00D60F71"/>
     <w:rsid w:val="00D611B1"/>
     <w:rsid w:val="00D6145D"/>
     <w:rsid w:val="00D61F55"/>
+    <w:rsid w:val="00D631A1"/>
     <w:rsid w:val="00D63A29"/>
     <w:rsid w:val="00D64057"/>
+    <w:rsid w:val="00D641C4"/>
+    <w:rsid w:val="00D6465D"/>
     <w:rsid w:val="00D66E90"/>
     <w:rsid w:val="00D67531"/>
     <w:rsid w:val="00D67F98"/>
     <w:rsid w:val="00D70AC0"/>
     <w:rsid w:val="00D70C1F"/>
     <w:rsid w:val="00D71298"/>
     <w:rsid w:val="00D71687"/>
     <w:rsid w:val="00D71A69"/>
     <w:rsid w:val="00D71DA7"/>
     <w:rsid w:val="00D72DB2"/>
     <w:rsid w:val="00D735AA"/>
     <w:rsid w:val="00D74813"/>
+    <w:rsid w:val="00D74B16"/>
     <w:rsid w:val="00D7584A"/>
     <w:rsid w:val="00D76A2E"/>
     <w:rsid w:val="00D77889"/>
     <w:rsid w:val="00D81585"/>
     <w:rsid w:val="00D823E9"/>
     <w:rsid w:val="00D8294D"/>
     <w:rsid w:val="00D853EF"/>
     <w:rsid w:val="00D85A8F"/>
     <w:rsid w:val="00D85BA6"/>
     <w:rsid w:val="00D85DC3"/>
     <w:rsid w:val="00D8668F"/>
     <w:rsid w:val="00D87CC8"/>
     <w:rsid w:val="00D90553"/>
+    <w:rsid w:val="00D90F7F"/>
     <w:rsid w:val="00D91158"/>
     <w:rsid w:val="00D9126E"/>
     <w:rsid w:val="00D91334"/>
+    <w:rsid w:val="00D91F62"/>
     <w:rsid w:val="00D9266D"/>
     <w:rsid w:val="00D93F03"/>
     <w:rsid w:val="00D9420D"/>
+    <w:rsid w:val="00D94D64"/>
     <w:rsid w:val="00D9560E"/>
     <w:rsid w:val="00D96038"/>
     <w:rsid w:val="00D96589"/>
     <w:rsid w:val="00D97113"/>
     <w:rsid w:val="00DA00BF"/>
     <w:rsid w:val="00DA088C"/>
+    <w:rsid w:val="00DA0F6D"/>
     <w:rsid w:val="00DA265D"/>
     <w:rsid w:val="00DA2F41"/>
     <w:rsid w:val="00DA30BC"/>
     <w:rsid w:val="00DA4AF4"/>
     <w:rsid w:val="00DA4B33"/>
     <w:rsid w:val="00DA69C2"/>
     <w:rsid w:val="00DA6D70"/>
     <w:rsid w:val="00DA6F73"/>
     <w:rsid w:val="00DA791B"/>
     <w:rsid w:val="00DB0271"/>
+    <w:rsid w:val="00DB197D"/>
     <w:rsid w:val="00DB199A"/>
     <w:rsid w:val="00DB2468"/>
     <w:rsid w:val="00DB6050"/>
     <w:rsid w:val="00DB628A"/>
     <w:rsid w:val="00DB6C3F"/>
     <w:rsid w:val="00DB70DC"/>
     <w:rsid w:val="00DC21E1"/>
     <w:rsid w:val="00DC2C34"/>
+    <w:rsid w:val="00DC3409"/>
     <w:rsid w:val="00DC42EC"/>
     <w:rsid w:val="00DC4347"/>
     <w:rsid w:val="00DC5134"/>
     <w:rsid w:val="00DC5569"/>
     <w:rsid w:val="00DC5E8C"/>
     <w:rsid w:val="00DC6F06"/>
+    <w:rsid w:val="00DC7300"/>
     <w:rsid w:val="00DC7CF8"/>
     <w:rsid w:val="00DC7DBB"/>
     <w:rsid w:val="00DD3272"/>
+    <w:rsid w:val="00DD3276"/>
     <w:rsid w:val="00DD3544"/>
     <w:rsid w:val="00DD461B"/>
     <w:rsid w:val="00DD564F"/>
     <w:rsid w:val="00DD7698"/>
+    <w:rsid w:val="00DE096A"/>
     <w:rsid w:val="00DE0DEB"/>
+    <w:rsid w:val="00DE2905"/>
     <w:rsid w:val="00DE2C87"/>
     <w:rsid w:val="00DE3845"/>
     <w:rsid w:val="00DE3A61"/>
     <w:rsid w:val="00DE44D5"/>
     <w:rsid w:val="00DE459A"/>
     <w:rsid w:val="00DE46E3"/>
     <w:rsid w:val="00DE5106"/>
     <w:rsid w:val="00DE712F"/>
     <w:rsid w:val="00DE7DEE"/>
+    <w:rsid w:val="00DF0A57"/>
     <w:rsid w:val="00DF12B5"/>
     <w:rsid w:val="00DF1567"/>
+    <w:rsid w:val="00DF17D3"/>
     <w:rsid w:val="00DF1C31"/>
     <w:rsid w:val="00DF27DA"/>
     <w:rsid w:val="00DF2C11"/>
     <w:rsid w:val="00DF2DD1"/>
     <w:rsid w:val="00DF4DBE"/>
     <w:rsid w:val="00DF540C"/>
     <w:rsid w:val="00DF5CF6"/>
     <w:rsid w:val="00DF6252"/>
     <w:rsid w:val="00DF64B1"/>
     <w:rsid w:val="00DF656C"/>
     <w:rsid w:val="00DF6E28"/>
     <w:rsid w:val="00DF72B8"/>
     <w:rsid w:val="00DF7DB4"/>
     <w:rsid w:val="00E003F3"/>
     <w:rsid w:val="00E00740"/>
     <w:rsid w:val="00E0093F"/>
     <w:rsid w:val="00E009D9"/>
     <w:rsid w:val="00E00B7D"/>
     <w:rsid w:val="00E00F38"/>
     <w:rsid w:val="00E013FF"/>
     <w:rsid w:val="00E01594"/>
     <w:rsid w:val="00E025FC"/>
+    <w:rsid w:val="00E04991"/>
     <w:rsid w:val="00E0507B"/>
+    <w:rsid w:val="00E06677"/>
     <w:rsid w:val="00E06A6A"/>
     <w:rsid w:val="00E07257"/>
     <w:rsid w:val="00E10ADD"/>
     <w:rsid w:val="00E119E5"/>
     <w:rsid w:val="00E1208D"/>
     <w:rsid w:val="00E13A44"/>
     <w:rsid w:val="00E13D4D"/>
+    <w:rsid w:val="00E147C6"/>
     <w:rsid w:val="00E14ACC"/>
     <w:rsid w:val="00E15F21"/>
     <w:rsid w:val="00E15FAD"/>
     <w:rsid w:val="00E16496"/>
     <w:rsid w:val="00E175DA"/>
     <w:rsid w:val="00E177A1"/>
     <w:rsid w:val="00E177F4"/>
     <w:rsid w:val="00E20B0E"/>
+    <w:rsid w:val="00E21835"/>
     <w:rsid w:val="00E21882"/>
+    <w:rsid w:val="00E233BF"/>
     <w:rsid w:val="00E23CB8"/>
     <w:rsid w:val="00E23F39"/>
+    <w:rsid w:val="00E244F7"/>
     <w:rsid w:val="00E24545"/>
     <w:rsid w:val="00E253C9"/>
+    <w:rsid w:val="00E274C2"/>
     <w:rsid w:val="00E3124B"/>
     <w:rsid w:val="00E31415"/>
+    <w:rsid w:val="00E317B3"/>
+    <w:rsid w:val="00E31AC1"/>
     <w:rsid w:val="00E3240C"/>
     <w:rsid w:val="00E3268D"/>
     <w:rsid w:val="00E3268E"/>
     <w:rsid w:val="00E33F14"/>
     <w:rsid w:val="00E3406F"/>
     <w:rsid w:val="00E355FB"/>
     <w:rsid w:val="00E3569F"/>
     <w:rsid w:val="00E36269"/>
     <w:rsid w:val="00E36A5F"/>
+    <w:rsid w:val="00E37100"/>
     <w:rsid w:val="00E37138"/>
+    <w:rsid w:val="00E37163"/>
     <w:rsid w:val="00E37C19"/>
     <w:rsid w:val="00E40820"/>
     <w:rsid w:val="00E40B86"/>
     <w:rsid w:val="00E4113B"/>
     <w:rsid w:val="00E415A0"/>
     <w:rsid w:val="00E42873"/>
     <w:rsid w:val="00E43BBE"/>
     <w:rsid w:val="00E4434C"/>
     <w:rsid w:val="00E4435B"/>
     <w:rsid w:val="00E4588E"/>
     <w:rsid w:val="00E4658F"/>
     <w:rsid w:val="00E465A2"/>
     <w:rsid w:val="00E46D00"/>
     <w:rsid w:val="00E473C6"/>
     <w:rsid w:val="00E53063"/>
     <w:rsid w:val="00E53B12"/>
     <w:rsid w:val="00E5437D"/>
     <w:rsid w:val="00E549BC"/>
     <w:rsid w:val="00E54A67"/>
     <w:rsid w:val="00E54A69"/>
     <w:rsid w:val="00E54B46"/>
+    <w:rsid w:val="00E55264"/>
     <w:rsid w:val="00E558CA"/>
     <w:rsid w:val="00E56333"/>
+    <w:rsid w:val="00E57278"/>
     <w:rsid w:val="00E57E50"/>
     <w:rsid w:val="00E603B1"/>
     <w:rsid w:val="00E605AD"/>
     <w:rsid w:val="00E60B20"/>
     <w:rsid w:val="00E61C0D"/>
     <w:rsid w:val="00E635F3"/>
     <w:rsid w:val="00E63EB4"/>
+    <w:rsid w:val="00E64450"/>
     <w:rsid w:val="00E64773"/>
     <w:rsid w:val="00E66160"/>
     <w:rsid w:val="00E67860"/>
     <w:rsid w:val="00E71329"/>
     <w:rsid w:val="00E714EC"/>
     <w:rsid w:val="00E71E5B"/>
     <w:rsid w:val="00E72161"/>
     <w:rsid w:val="00E72F2D"/>
     <w:rsid w:val="00E740F0"/>
     <w:rsid w:val="00E741C6"/>
+    <w:rsid w:val="00E74C46"/>
     <w:rsid w:val="00E76C3E"/>
+    <w:rsid w:val="00E77E6E"/>
     <w:rsid w:val="00E80215"/>
     <w:rsid w:val="00E80413"/>
     <w:rsid w:val="00E80887"/>
     <w:rsid w:val="00E81609"/>
+    <w:rsid w:val="00E81C32"/>
     <w:rsid w:val="00E82053"/>
     <w:rsid w:val="00E82B4B"/>
     <w:rsid w:val="00E83104"/>
     <w:rsid w:val="00E8363B"/>
     <w:rsid w:val="00E83E6C"/>
+    <w:rsid w:val="00E8439C"/>
     <w:rsid w:val="00E84724"/>
     <w:rsid w:val="00E84966"/>
+    <w:rsid w:val="00E85047"/>
     <w:rsid w:val="00E8520C"/>
+    <w:rsid w:val="00E855BB"/>
+    <w:rsid w:val="00E8634F"/>
     <w:rsid w:val="00E878DD"/>
     <w:rsid w:val="00E87BC6"/>
     <w:rsid w:val="00E91254"/>
     <w:rsid w:val="00E91463"/>
     <w:rsid w:val="00E92050"/>
     <w:rsid w:val="00E92383"/>
     <w:rsid w:val="00E92A96"/>
     <w:rsid w:val="00E93D24"/>
     <w:rsid w:val="00E96679"/>
     <w:rsid w:val="00E96E77"/>
     <w:rsid w:val="00E97C1C"/>
     <w:rsid w:val="00EA1982"/>
     <w:rsid w:val="00EA1B3A"/>
     <w:rsid w:val="00EA2109"/>
     <w:rsid w:val="00EA21F6"/>
+    <w:rsid w:val="00EA27BB"/>
     <w:rsid w:val="00EA2EB3"/>
     <w:rsid w:val="00EA5222"/>
     <w:rsid w:val="00EA5956"/>
     <w:rsid w:val="00EA6D9A"/>
     <w:rsid w:val="00EA6F26"/>
     <w:rsid w:val="00EA7620"/>
     <w:rsid w:val="00EA77C3"/>
     <w:rsid w:val="00EB0658"/>
     <w:rsid w:val="00EB32CF"/>
     <w:rsid w:val="00EB39CE"/>
     <w:rsid w:val="00EB3FD5"/>
+    <w:rsid w:val="00EB4FF3"/>
+    <w:rsid w:val="00EB556A"/>
+    <w:rsid w:val="00EB645E"/>
     <w:rsid w:val="00EB7003"/>
     <w:rsid w:val="00EC051D"/>
     <w:rsid w:val="00EC116B"/>
     <w:rsid w:val="00EC1C7D"/>
     <w:rsid w:val="00EC258A"/>
     <w:rsid w:val="00EC362E"/>
     <w:rsid w:val="00EC474A"/>
     <w:rsid w:val="00EC49FB"/>
     <w:rsid w:val="00EC4F1E"/>
     <w:rsid w:val="00EC4FB8"/>
     <w:rsid w:val="00EC52DC"/>
     <w:rsid w:val="00EC7184"/>
     <w:rsid w:val="00EC7535"/>
+    <w:rsid w:val="00EC7A14"/>
     <w:rsid w:val="00EC7F3D"/>
     <w:rsid w:val="00ED0359"/>
     <w:rsid w:val="00ED076F"/>
     <w:rsid w:val="00ED103C"/>
     <w:rsid w:val="00ED33E7"/>
     <w:rsid w:val="00ED36EE"/>
     <w:rsid w:val="00ED374D"/>
     <w:rsid w:val="00ED426D"/>
     <w:rsid w:val="00ED49CD"/>
     <w:rsid w:val="00ED4D4E"/>
     <w:rsid w:val="00ED4F4A"/>
     <w:rsid w:val="00ED5E22"/>
     <w:rsid w:val="00ED63A3"/>
     <w:rsid w:val="00ED7644"/>
     <w:rsid w:val="00EE0C77"/>
+    <w:rsid w:val="00EE0F57"/>
     <w:rsid w:val="00EE25CA"/>
     <w:rsid w:val="00EE3FCA"/>
     <w:rsid w:val="00EE4E54"/>
     <w:rsid w:val="00EE5ECE"/>
     <w:rsid w:val="00EE78F9"/>
     <w:rsid w:val="00EF0084"/>
     <w:rsid w:val="00EF0ED9"/>
     <w:rsid w:val="00EF128E"/>
+    <w:rsid w:val="00EF1967"/>
     <w:rsid w:val="00EF25A2"/>
     <w:rsid w:val="00EF2721"/>
     <w:rsid w:val="00EF3772"/>
     <w:rsid w:val="00EF38F8"/>
     <w:rsid w:val="00EF3F4F"/>
     <w:rsid w:val="00EF4334"/>
+    <w:rsid w:val="00EF4A29"/>
     <w:rsid w:val="00EF5590"/>
     <w:rsid w:val="00EF564F"/>
     <w:rsid w:val="00EF71B3"/>
     <w:rsid w:val="00EF7A64"/>
     <w:rsid w:val="00F004B4"/>
     <w:rsid w:val="00F02ACA"/>
     <w:rsid w:val="00F03343"/>
     <w:rsid w:val="00F0373C"/>
     <w:rsid w:val="00F04C39"/>
     <w:rsid w:val="00F05347"/>
     <w:rsid w:val="00F05354"/>
     <w:rsid w:val="00F05C88"/>
     <w:rsid w:val="00F05FB0"/>
+    <w:rsid w:val="00F06340"/>
     <w:rsid w:val="00F07002"/>
     <w:rsid w:val="00F075E0"/>
     <w:rsid w:val="00F10013"/>
     <w:rsid w:val="00F11941"/>
     <w:rsid w:val="00F12D26"/>
     <w:rsid w:val="00F1310C"/>
+    <w:rsid w:val="00F13894"/>
     <w:rsid w:val="00F13B4A"/>
     <w:rsid w:val="00F147B3"/>
+    <w:rsid w:val="00F159BA"/>
     <w:rsid w:val="00F15F82"/>
     <w:rsid w:val="00F15F8E"/>
     <w:rsid w:val="00F16703"/>
     <w:rsid w:val="00F179FB"/>
     <w:rsid w:val="00F202C1"/>
     <w:rsid w:val="00F2033F"/>
     <w:rsid w:val="00F20739"/>
     <w:rsid w:val="00F21147"/>
     <w:rsid w:val="00F21473"/>
     <w:rsid w:val="00F2282C"/>
     <w:rsid w:val="00F23415"/>
     <w:rsid w:val="00F23FD2"/>
     <w:rsid w:val="00F2514D"/>
     <w:rsid w:val="00F253A0"/>
+    <w:rsid w:val="00F25B31"/>
+    <w:rsid w:val="00F263DF"/>
     <w:rsid w:val="00F26FE9"/>
     <w:rsid w:val="00F275A5"/>
     <w:rsid w:val="00F30718"/>
     <w:rsid w:val="00F30CD3"/>
     <w:rsid w:val="00F313BF"/>
     <w:rsid w:val="00F348BF"/>
     <w:rsid w:val="00F34952"/>
     <w:rsid w:val="00F35E49"/>
     <w:rsid w:val="00F36A8D"/>
     <w:rsid w:val="00F375FF"/>
     <w:rsid w:val="00F4159D"/>
     <w:rsid w:val="00F42BED"/>
     <w:rsid w:val="00F436BB"/>
     <w:rsid w:val="00F447E8"/>
     <w:rsid w:val="00F46639"/>
+    <w:rsid w:val="00F46A0F"/>
+    <w:rsid w:val="00F46AA2"/>
     <w:rsid w:val="00F47077"/>
     <w:rsid w:val="00F47145"/>
     <w:rsid w:val="00F50DE3"/>
     <w:rsid w:val="00F5288F"/>
     <w:rsid w:val="00F541C6"/>
     <w:rsid w:val="00F5445F"/>
     <w:rsid w:val="00F545BF"/>
+    <w:rsid w:val="00F54629"/>
     <w:rsid w:val="00F54B8B"/>
     <w:rsid w:val="00F569F0"/>
     <w:rsid w:val="00F56E35"/>
+    <w:rsid w:val="00F6012D"/>
     <w:rsid w:val="00F610C3"/>
     <w:rsid w:val="00F612C9"/>
+    <w:rsid w:val="00F61872"/>
     <w:rsid w:val="00F620EF"/>
     <w:rsid w:val="00F628B4"/>
     <w:rsid w:val="00F64AA5"/>
     <w:rsid w:val="00F65474"/>
     <w:rsid w:val="00F65953"/>
     <w:rsid w:val="00F65BA4"/>
     <w:rsid w:val="00F67392"/>
+    <w:rsid w:val="00F6779E"/>
+    <w:rsid w:val="00F71828"/>
     <w:rsid w:val="00F71B56"/>
     <w:rsid w:val="00F72944"/>
+    <w:rsid w:val="00F7348F"/>
     <w:rsid w:val="00F75277"/>
     <w:rsid w:val="00F75C0F"/>
     <w:rsid w:val="00F76367"/>
     <w:rsid w:val="00F76520"/>
     <w:rsid w:val="00F76CF7"/>
     <w:rsid w:val="00F77FB3"/>
     <w:rsid w:val="00F80DB5"/>
     <w:rsid w:val="00F811B6"/>
     <w:rsid w:val="00F813F8"/>
     <w:rsid w:val="00F81D52"/>
     <w:rsid w:val="00F81F22"/>
     <w:rsid w:val="00F82FE1"/>
     <w:rsid w:val="00F832C8"/>
     <w:rsid w:val="00F84F6A"/>
     <w:rsid w:val="00F86978"/>
     <w:rsid w:val="00F87179"/>
     <w:rsid w:val="00F873B3"/>
     <w:rsid w:val="00F879EC"/>
     <w:rsid w:val="00F87C60"/>
     <w:rsid w:val="00F9014D"/>
     <w:rsid w:val="00F90342"/>
     <w:rsid w:val="00F92E4A"/>
     <w:rsid w:val="00F9404B"/>
     <w:rsid w:val="00F949D6"/>
     <w:rsid w:val="00F96604"/>
+    <w:rsid w:val="00FA060A"/>
     <w:rsid w:val="00FA1277"/>
     <w:rsid w:val="00FA1638"/>
     <w:rsid w:val="00FA2E45"/>
     <w:rsid w:val="00FA33FE"/>
     <w:rsid w:val="00FA42B9"/>
     <w:rsid w:val="00FA6E6E"/>
     <w:rsid w:val="00FA7195"/>
     <w:rsid w:val="00FA72BC"/>
     <w:rsid w:val="00FA755A"/>
     <w:rsid w:val="00FA75EE"/>
     <w:rsid w:val="00FB06C5"/>
     <w:rsid w:val="00FB0725"/>
     <w:rsid w:val="00FB1750"/>
     <w:rsid w:val="00FB2045"/>
     <w:rsid w:val="00FB23FF"/>
     <w:rsid w:val="00FB29AB"/>
     <w:rsid w:val="00FB2B0F"/>
     <w:rsid w:val="00FB3A31"/>
     <w:rsid w:val="00FB3D14"/>
     <w:rsid w:val="00FB4F6B"/>
     <w:rsid w:val="00FB52F7"/>
     <w:rsid w:val="00FB5FE1"/>
     <w:rsid w:val="00FC0231"/>
     <w:rsid w:val="00FC0759"/>
     <w:rsid w:val="00FC0C55"/>
     <w:rsid w:val="00FC0E8D"/>
     <w:rsid w:val="00FC385C"/>
     <w:rsid w:val="00FC46EF"/>
     <w:rsid w:val="00FC522E"/>
     <w:rsid w:val="00FC52B8"/>
     <w:rsid w:val="00FC5B8B"/>
     <w:rsid w:val="00FC6718"/>
     <w:rsid w:val="00FC7812"/>
     <w:rsid w:val="00FC7999"/>
     <w:rsid w:val="00FD009E"/>
+    <w:rsid w:val="00FD0145"/>
     <w:rsid w:val="00FD141D"/>
     <w:rsid w:val="00FD1C86"/>
     <w:rsid w:val="00FD1F44"/>
     <w:rsid w:val="00FD24C3"/>
+    <w:rsid w:val="00FD2A31"/>
     <w:rsid w:val="00FD2D03"/>
     <w:rsid w:val="00FD305D"/>
     <w:rsid w:val="00FD31B3"/>
+    <w:rsid w:val="00FD38AF"/>
     <w:rsid w:val="00FD3A30"/>
     <w:rsid w:val="00FD3D42"/>
     <w:rsid w:val="00FD4204"/>
     <w:rsid w:val="00FD4D88"/>
+    <w:rsid w:val="00FD6CAD"/>
     <w:rsid w:val="00FD7264"/>
     <w:rsid w:val="00FD7363"/>
     <w:rsid w:val="00FD7630"/>
+    <w:rsid w:val="00FD7A59"/>
     <w:rsid w:val="00FD7A84"/>
+    <w:rsid w:val="00FD7E6F"/>
     <w:rsid w:val="00FD7F96"/>
     <w:rsid w:val="00FE014C"/>
     <w:rsid w:val="00FE01F3"/>
     <w:rsid w:val="00FE05FA"/>
     <w:rsid w:val="00FE080C"/>
     <w:rsid w:val="00FE1A1C"/>
     <w:rsid w:val="00FE1C2E"/>
+    <w:rsid w:val="00FE1E9E"/>
+    <w:rsid w:val="00FE25E9"/>
     <w:rsid w:val="00FE2E95"/>
     <w:rsid w:val="00FE377C"/>
     <w:rsid w:val="00FE3E8C"/>
+    <w:rsid w:val="00FE3F4B"/>
+    <w:rsid w:val="00FE3F4E"/>
     <w:rsid w:val="00FE4460"/>
     <w:rsid w:val="00FE4724"/>
     <w:rsid w:val="00FE4EEE"/>
     <w:rsid w:val="00FE50B6"/>
     <w:rsid w:val="00FE677C"/>
     <w:rsid w:val="00FF00CE"/>
+    <w:rsid w:val="00FF045D"/>
     <w:rsid w:val="00FF0678"/>
     <w:rsid w:val="00FF1223"/>
     <w:rsid w:val="00FF1262"/>
     <w:rsid w:val="00FF257B"/>
     <w:rsid w:val="00FF3CCB"/>
     <w:rsid w:val="00FF46A0"/>
+    <w:rsid w:val="00FF497A"/>
+    <w:rsid w:val="00FF4CA0"/>
     <w:rsid w:val="00FF5617"/>
     <w:rsid w:val="00FF57B5"/>
     <w:rsid w:val="00FF63A1"/>
     <w:rsid w:val="00FF6483"/>
     <w:rsid w:val="00FF693A"/>
     <w:rsid w:val="00FF6A09"/>
     <w:rsid w:val="00FF7EC7"/>
     <w:rsid w:val="00FF7F7F"/>
     <w:rsid w:val="025973F5"/>
     <w:rsid w:val="02CF4EB4"/>
     <w:rsid w:val="03E320E7"/>
+    <w:rsid w:val="045B6141"/>
     <w:rsid w:val="070B78A0"/>
     <w:rsid w:val="0730D572"/>
     <w:rsid w:val="07CD21BC"/>
+    <w:rsid w:val="07F1A6A6"/>
     <w:rsid w:val="09104EA5"/>
     <w:rsid w:val="09549136"/>
     <w:rsid w:val="09CAED29"/>
     <w:rsid w:val="0A083395"/>
     <w:rsid w:val="0A51B802"/>
+    <w:rsid w:val="0B38AC9D"/>
     <w:rsid w:val="0DFBD5F2"/>
     <w:rsid w:val="0EA51322"/>
     <w:rsid w:val="1008DA3D"/>
     <w:rsid w:val="1116372C"/>
     <w:rsid w:val="11C66361"/>
     <w:rsid w:val="1202BCB8"/>
     <w:rsid w:val="129FDBAD"/>
+    <w:rsid w:val="12D514FD"/>
+    <w:rsid w:val="1319D45D"/>
+    <w:rsid w:val="1382855B"/>
     <w:rsid w:val="13B6476C"/>
     <w:rsid w:val="14123E13"/>
     <w:rsid w:val="144CDB9B"/>
     <w:rsid w:val="156036F4"/>
     <w:rsid w:val="15725BE0"/>
     <w:rsid w:val="15EE31A6"/>
     <w:rsid w:val="17D6AD8D"/>
     <w:rsid w:val="17E4B304"/>
     <w:rsid w:val="189182F8"/>
     <w:rsid w:val="19674E47"/>
     <w:rsid w:val="19DD146C"/>
     <w:rsid w:val="1A763269"/>
     <w:rsid w:val="1B4ED19E"/>
     <w:rsid w:val="1B9229F9"/>
     <w:rsid w:val="1CC0D2A9"/>
     <w:rsid w:val="1E17E7B5"/>
     <w:rsid w:val="1F7DD1DC"/>
     <w:rsid w:val="1F88E4BD"/>
     <w:rsid w:val="23D24681"/>
     <w:rsid w:val="23FEEB76"/>
     <w:rsid w:val="25200E09"/>
     <w:rsid w:val="259B68B3"/>
     <w:rsid w:val="29F4E1A0"/>
     <w:rsid w:val="2A769412"/>
     <w:rsid w:val="2CC5DB4B"/>
     <w:rsid w:val="2D05B1EF"/>
     <w:rsid w:val="2D0BF289"/>
     <w:rsid w:val="2EBA1908"/>
     <w:rsid w:val="2FD54C65"/>
     <w:rsid w:val="3048AFDE"/>
     <w:rsid w:val="30BD42C7"/>
     <w:rsid w:val="31C6B97F"/>
+    <w:rsid w:val="3284A3A6"/>
     <w:rsid w:val="3306B42F"/>
     <w:rsid w:val="3331D7A3"/>
     <w:rsid w:val="33FDFD65"/>
     <w:rsid w:val="34132924"/>
     <w:rsid w:val="341AE115"/>
     <w:rsid w:val="3449BC78"/>
     <w:rsid w:val="34F186DA"/>
+    <w:rsid w:val="359E6055"/>
     <w:rsid w:val="385E1EA5"/>
     <w:rsid w:val="3944C3BF"/>
     <w:rsid w:val="3B4B5D9A"/>
     <w:rsid w:val="3BD72403"/>
     <w:rsid w:val="3D8A2030"/>
     <w:rsid w:val="3EE78B56"/>
+    <w:rsid w:val="3EF2A326"/>
     <w:rsid w:val="3FCFC5A6"/>
     <w:rsid w:val="42A54AD5"/>
     <w:rsid w:val="439441A2"/>
     <w:rsid w:val="43CF28D3"/>
     <w:rsid w:val="44EE047A"/>
     <w:rsid w:val="45571113"/>
     <w:rsid w:val="490E88BB"/>
+    <w:rsid w:val="49365548"/>
     <w:rsid w:val="4B9036D8"/>
     <w:rsid w:val="4C084F25"/>
     <w:rsid w:val="4C728D51"/>
     <w:rsid w:val="4D6248DD"/>
     <w:rsid w:val="50566927"/>
     <w:rsid w:val="5290A0BA"/>
     <w:rsid w:val="52EBDAB3"/>
     <w:rsid w:val="5368CED0"/>
+    <w:rsid w:val="53F89907"/>
+    <w:rsid w:val="546E56E0"/>
     <w:rsid w:val="5830B0C8"/>
     <w:rsid w:val="58DB1D45"/>
     <w:rsid w:val="599ED887"/>
     <w:rsid w:val="5A5594DE"/>
     <w:rsid w:val="5BC5DEDD"/>
     <w:rsid w:val="5C0D6E21"/>
     <w:rsid w:val="5F6FC22C"/>
     <w:rsid w:val="61388C63"/>
     <w:rsid w:val="6155E250"/>
     <w:rsid w:val="62631976"/>
     <w:rsid w:val="6388C2C2"/>
     <w:rsid w:val="63DEDAD0"/>
+    <w:rsid w:val="64599BD2"/>
     <w:rsid w:val="64DB47B3"/>
     <w:rsid w:val="65531FCD"/>
     <w:rsid w:val="65CD7937"/>
     <w:rsid w:val="673E5664"/>
     <w:rsid w:val="67EA1F0D"/>
     <w:rsid w:val="68766424"/>
     <w:rsid w:val="69A20E66"/>
     <w:rsid w:val="6D696884"/>
     <w:rsid w:val="6DA2737E"/>
+    <w:rsid w:val="6DB300E2"/>
     <w:rsid w:val="71245667"/>
     <w:rsid w:val="71922272"/>
     <w:rsid w:val="72F7B024"/>
     <w:rsid w:val="7315396C"/>
     <w:rsid w:val="733AFFDD"/>
     <w:rsid w:val="73D65AD1"/>
     <w:rsid w:val="743D2245"/>
     <w:rsid w:val="74B7BD93"/>
     <w:rsid w:val="74C26A08"/>
     <w:rsid w:val="758E31C7"/>
     <w:rsid w:val="759FB1E7"/>
     <w:rsid w:val="766B5F53"/>
     <w:rsid w:val="7675BDBE"/>
     <w:rsid w:val="78B3A3DE"/>
     <w:rsid w:val="78C0AE32"/>
     <w:rsid w:val="78C237C7"/>
     <w:rsid w:val="795C90FA"/>
     <w:rsid w:val="7B5044AF"/>
     <w:rsid w:val="7BFE298B"/>
     <w:rsid w:val="7D7FA1A0"/>
     <w:rsid w:val="7E6AD824"/>
+    <w:rsid w:val="7F4EA9C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="26291BE1"/>
-  <w15:docId w15:val="{3A327185-311B-47DA-A33B-6C107D3C978F}"/>
+  <w15:docId w15:val="{59F5D736-5C1C-4E83-B1D4-F9B04912F7F2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -24239,50 +25021,51 @@
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:rsid w:val="006000C4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1584"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60" w:line="264" w:lineRule="auto"/>
       <w:ind w:left="1584" w:hanging="1584"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -30375,51 +31158,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135052315">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub/_layouts/15/DocIdRedir.aspx?ID=ONRHH-822789359-19764" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ONR.incidents@ONR.gov.uk?subject=INF1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onr.incidents@onr.gov.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onr.powerappsportals.com./" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onr.powerappsportals.com/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hse.gov.uk/riddor/when-do-i-report.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ONR.incidents@ONR.gov.uk?subject=INF1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onr.incidents@onr.gov.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ONR.incidents@ONR.gov.uk?subject=INF1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onr.powerappsportals.com/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ONR.incidents@ONR.gov.uk?subject=INF1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onr.powerappsportals.com/riddor/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onr.incidents@onr.gov.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://prodonrgov.sharepoint.com/sites/HOW2Hub/_layouts/15/DocIdRedir.aspx?ID=ONRHH-822789359-19764" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onr.powerappsportals.com/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onr.incidents@onr.gov.uk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onr.powerappsportals.com./" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onr.powerappsportals.com/riddor/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hse.gov.uk/riddor/when-do-i-report.htm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onr.incidents@onr.gov.uk" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onr.powerappsportals.com/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:onr.incidents@onr.gov.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ONR.incidents@ONR.gov.uk?subject=INF1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ONR.incidents@ONR.gov.uk?subject=INF1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onr.powerappsportals.com/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ONR.incidents@ONR.gov.uk?subject=INF1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ONR.incidents@ONR.gov.uk?subject=INF1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.onr.org.uk/about-us/contact-us/notify-onr/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\ldunning\Downloads\ONR-DOC-TEMP-305%20-%20ONR%20Word%20Template%20-%20Generic.DOTX" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -30446,150 +31229,127 @@
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{91482595-A552-4826-943C-30779AA50C82}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00183F29" w:rsidRDefault="007154C5">
           <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7059B6F672C24F8487D7AFF2B2EB1FE6"/>
-[...50 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="E13CB1263D004B8D87A9940249F2253B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{310610FD-018E-470D-BDEF-E2AFF3B96D39}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008A3B6E" w:rsidRDefault="00B603B3" w:rsidP="00B603B3">
           <w:pPr>
             <w:pStyle w:val="E13CB1263D004B8D87A9940249F2253B"/>
           </w:pPr>
           <w:r w:rsidRPr="00561874">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Title]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A2767E984BED4B86BED15FEEC1D368A0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A3A415AE-6BB1-4DEC-B47D-22A8B70AB2F2}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="008A3B6E" w:rsidRDefault="00B603B3" w:rsidP="00B603B3">
           <w:pPr>
             <w:pStyle w:val="A2767E984BED4B86BED15FEEC1D368A0"/>
           </w:pPr>
           <w:r w:rsidRPr="00D1240B">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>[Status]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D9F0D8ED74EC4E2DAC6F543BE8E91E96"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{96BE8AB3-74D1-44A4-ACE1-A9D813F7A1DF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000D4D52" w:rsidRDefault="000D4D52" w:rsidP="000D4D52">
+          <w:pPr>
+            <w:pStyle w:val="D9F0D8ED74EC4E2DAC6F543BE8E91E96"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00812B14">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Status]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -30684,167 +31444,185 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00350199"/>
     <w:rsid w:val="000324EE"/>
+    <w:rsid w:val="00037486"/>
     <w:rsid w:val="000704B7"/>
     <w:rsid w:val="00082133"/>
     <w:rsid w:val="00083853"/>
     <w:rsid w:val="000A383B"/>
     <w:rsid w:val="000B50E9"/>
     <w:rsid w:val="000D371B"/>
+    <w:rsid w:val="000D4D52"/>
     <w:rsid w:val="000E3B19"/>
     <w:rsid w:val="00117B8D"/>
     <w:rsid w:val="001479F8"/>
     <w:rsid w:val="001529FE"/>
     <w:rsid w:val="0016623F"/>
     <w:rsid w:val="00183F29"/>
     <w:rsid w:val="00191158"/>
     <w:rsid w:val="001E7605"/>
     <w:rsid w:val="001F2194"/>
     <w:rsid w:val="001F7AF7"/>
     <w:rsid w:val="002126F2"/>
     <w:rsid w:val="00234F56"/>
     <w:rsid w:val="002550FD"/>
     <w:rsid w:val="00261800"/>
     <w:rsid w:val="00266AD0"/>
     <w:rsid w:val="00273F56"/>
     <w:rsid w:val="002A3CD0"/>
     <w:rsid w:val="002C4FFF"/>
     <w:rsid w:val="0030368B"/>
     <w:rsid w:val="00310011"/>
+    <w:rsid w:val="00310FBB"/>
     <w:rsid w:val="003152C9"/>
     <w:rsid w:val="00333F8E"/>
     <w:rsid w:val="00343B97"/>
     <w:rsid w:val="00350199"/>
     <w:rsid w:val="003569FB"/>
     <w:rsid w:val="00366160"/>
+    <w:rsid w:val="00372A7B"/>
     <w:rsid w:val="003A0EB5"/>
     <w:rsid w:val="003A20F2"/>
     <w:rsid w:val="003A3DDD"/>
     <w:rsid w:val="004155DD"/>
     <w:rsid w:val="004170B3"/>
     <w:rsid w:val="0043591B"/>
     <w:rsid w:val="00441AF8"/>
+    <w:rsid w:val="0047628A"/>
     <w:rsid w:val="004C28C8"/>
     <w:rsid w:val="004C3B40"/>
     <w:rsid w:val="00515B47"/>
     <w:rsid w:val="00542847"/>
     <w:rsid w:val="0055256E"/>
     <w:rsid w:val="00557EF7"/>
     <w:rsid w:val="00591ABC"/>
     <w:rsid w:val="005A71D9"/>
     <w:rsid w:val="005C75C7"/>
     <w:rsid w:val="005E0A87"/>
+    <w:rsid w:val="005E536B"/>
+    <w:rsid w:val="0060572C"/>
     <w:rsid w:val="0061518B"/>
+    <w:rsid w:val="00685470"/>
     <w:rsid w:val="00687E5E"/>
+    <w:rsid w:val="00690B23"/>
     <w:rsid w:val="006A7653"/>
+    <w:rsid w:val="006C3323"/>
+    <w:rsid w:val="00701909"/>
     <w:rsid w:val="007154C5"/>
+    <w:rsid w:val="00727497"/>
     <w:rsid w:val="0076550F"/>
     <w:rsid w:val="007975C4"/>
     <w:rsid w:val="007A2064"/>
     <w:rsid w:val="007F2991"/>
     <w:rsid w:val="00835E07"/>
     <w:rsid w:val="00842CB5"/>
     <w:rsid w:val="00867514"/>
     <w:rsid w:val="0087192B"/>
     <w:rsid w:val="00884503"/>
     <w:rsid w:val="008A3B6E"/>
+    <w:rsid w:val="008F530F"/>
     <w:rsid w:val="009050F6"/>
     <w:rsid w:val="0090699C"/>
     <w:rsid w:val="0091163B"/>
     <w:rsid w:val="00955B8F"/>
     <w:rsid w:val="00981E3E"/>
     <w:rsid w:val="00982660"/>
     <w:rsid w:val="00986E47"/>
+    <w:rsid w:val="00993CD6"/>
     <w:rsid w:val="009968E3"/>
     <w:rsid w:val="009C7C56"/>
     <w:rsid w:val="009E4315"/>
     <w:rsid w:val="009F0E91"/>
     <w:rsid w:val="009F2657"/>
+    <w:rsid w:val="009F3462"/>
     <w:rsid w:val="009F5D34"/>
     <w:rsid w:val="009F6DA7"/>
     <w:rsid w:val="00A415D0"/>
     <w:rsid w:val="00A727BA"/>
     <w:rsid w:val="00A8704A"/>
     <w:rsid w:val="00AF626D"/>
     <w:rsid w:val="00AF7B7A"/>
     <w:rsid w:val="00B30650"/>
     <w:rsid w:val="00B603B3"/>
     <w:rsid w:val="00BD3F74"/>
     <w:rsid w:val="00BF6E21"/>
     <w:rsid w:val="00C0257A"/>
     <w:rsid w:val="00C4029D"/>
     <w:rsid w:val="00C41BCC"/>
     <w:rsid w:val="00C66D86"/>
     <w:rsid w:val="00C67030"/>
     <w:rsid w:val="00C73EF7"/>
+    <w:rsid w:val="00C767F7"/>
     <w:rsid w:val="00CA4119"/>
+    <w:rsid w:val="00CD70E9"/>
     <w:rsid w:val="00D77ECB"/>
     <w:rsid w:val="00D93F03"/>
     <w:rsid w:val="00DD027E"/>
     <w:rsid w:val="00DD7BA4"/>
     <w:rsid w:val="00DE387F"/>
     <w:rsid w:val="00E10ADD"/>
     <w:rsid w:val="00E318CE"/>
     <w:rsid w:val="00E369A3"/>
     <w:rsid w:val="00E4437D"/>
     <w:rsid w:val="00E646E1"/>
     <w:rsid w:val="00E76C3E"/>
     <w:rsid w:val="00EA40AB"/>
     <w:rsid w:val="00EA4C65"/>
     <w:rsid w:val="00EF0F1B"/>
     <w:rsid w:val="00F30718"/>
     <w:rsid w:val="00F32875"/>
     <w:rsid w:val="00F41755"/>
     <w:rsid w:val="00F41821"/>
     <w:rsid w:val="00F50C87"/>
     <w:rsid w:val="00F63B7B"/>
     <w:rsid w:val="00F75277"/>
     <w:rsid w:val="00F93872"/>
     <w:rsid w:val="00F9404B"/>
     <w:rsid w:val="00FB74BC"/>
+    <w:rsid w:val="00FD6CAD"/>
     <w:rsid w:val="00FE2FC5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -31255,77 +32033,90 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00687E5E"/>
+    <w:rsid w:val="000D4D52"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F91DE249B2D64236B5C9B282FE9D467B">
     <w:name w:val="F91DE249B2D64236B5C9B282FE9D467B"/>
     <w:rsid w:val="007154C5"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="252" w:lineRule="auto"/>
       <w:ind w:left="227"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="90"/>
       <w:szCs w:val="88"/>
       <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E13CB1263D004B8D87A9940249F2253B">
     <w:name w:val="E13CB1263D004B8D87A9940249F2253B"/>
     <w:rsid w:val="00B603B3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2767E984BED4B86BED15FEEC1D368A0">
     <w:name w:val="A2767E984BED4B86BED15FEEC1D368A0"/>
     <w:rsid w:val="00B603B3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9F0D8ED74EC4E2DAC6F543BE8E91E96">
+    <w:name w:val="D9F0D8ED74EC4E2DAC6F543BE8E91E96"/>
+    <w:rsid w:val="000D4D52"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="ONR colours">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -31514,325 +32305,123 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...3 lines deleted...]
-</FormTemplates>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="66693000-3e12-4b44-a742-9a2ba35b7d28" ContentTypeId="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C57" PreviousValue="false"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="729a6f9d-3f32-42ac-acf1-d5ecfa3937de">
+    <TaxCatchAll xmlns="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <PolicyPortalProcessSpecialismFunctionTopic xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalFirstPublicationDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalProcessOwnerRoleHolder>
+    <PolicyPortalPublishStatus xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegatePostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="05350e14-297a-489c-ad04-faf6563b232c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">[Key words separated by commas]</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">f43e2310-82d5-44d8-a731-b695dd9d1339</TermId>
+        </TermInfo>
+      </Terms>
+    </TaxKeywordTaxHTField>
+    <PolicyPortalDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalDocType xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalIssueNo xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldDocRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalOldRecordRef xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalProcessOwnerPostTitle xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PolicyPortalResponsibleDelegateRoleHolder xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </PolicyPortalResponsibleDelegateRoleHolder>
+    <PolicyPortalDirectorate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <dd2817321d504f1caee75a1112d299d4 xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    </lcf76f155ced4ddcb4097134ff3c332f>
+    </dd2817321d504f1caee75a1112d299d4>
+    <PolicyPortalReviewDate xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
+    <PCR_x003f_ xmlns="fbd4c4c3-96d4-4265-b68e-6a383a5dca66">false</PCR_x003f_>
+    <PolicyPortalIssueHistoryComments xmlns="8c4e2855-9588-4bc9-9890-af639bd565eb" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D4DFBED514CE1545AFF76711782B71B8" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f78bc98a51b87c1ec9d3eac0a5a7ae64">
-[...241 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\IEEE2006OfficeOnline.xsl" StyleName="IEEE" Version="2006">
   <b:Source>
     <b:Tag>Dep14</b:Tag>
     <b:SourceType>Report</b:SourceType>
     <b:Guid>{408A6073-72FF-4C17-B095-C33BAD34652E}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>Department for Business Innovation and Skills</b:Corporate>
       </b:Author>
     </b:Author>
     <b:Title>Regulators’ Code</b:Title>
     <b:Year>2014</b:Year>
     <b:RefOrder>2</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>IAE09</b:Tag>
     <b:SourceType>Report</b:SourceType>
     <b:Guid>{9923C78E-91E3-4002-B012-75803B216B93}</b:Guid>
     <b:Author>
       <b:Author>
         <b:NameList>
           <b:Person>
             <b:Last>IAEA</b:Last>
           </b:Person>
         </b:NameList>
@@ -31923,154 +32512,1140 @@
     <b:SourceType>ElectronicSource</b:SourceType>
     <b:Guid>{87034CA5-75A4-4CEE-8835-25BC96F1B751}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>ONR</b:Corporate>
       </b:Author>
     </b:Author>
     <b:Title>ONR-OL-GD-005 - Notification guidance for Incidents involving the Transport of Radioactive Material</b:Title>
     <b:RefOrder>8</b:RefOrder>
   </b:Source>
   <b:Source>
     <b:Tag>ONR18</b:Tag>
     <b:SourceType>ElectronicSource</b:SourceType>
     <b:Guid>{B8C9D2EA-C367-411E-A79E-2F58D7242CBA}</b:Guid>
     <b:Author>
       <b:Author>
         <b:Corporate>ONR</b:Corporate>
       </b:Author>
     </b:Author>
     <b:Title>ONR-OL-GD-002 - Notification guidance for Incidents involving Nuclear or Radiological Safety </b:Title>
     <b:RefOrder>5</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="HOW2 Hub Document" ma:contentTypeID="0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227" ma:contentTypeVersion="220" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="724e73164808191a758277c779b53781">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4e2855-9588-4bc9-9890-af639bd565eb" xmlns:ns3="05350e14-297a-489c-ad04-faf6563b232c" xmlns:ns4="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0d07b2e48c5c6cb673863f8fde9c9f33" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <xsd:import namespace="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <xsd:import namespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:PolicyPortalIssueNo" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDocType" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalDirectorate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessSpecialismFunctionTopic" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerPostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalProcessOwnerRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegatePostTitle" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalResponsibleDelegateRoleHolder" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalReviewDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalIssueHistoryComments" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalFirstPublicationDate" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldDocRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalOldRecordRef" minOccurs="0"/>
+                <xsd:element ref="ns2:PolicyPortalPublishStatus" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns4:dd2817321d504f1caee75a1112d299d4" minOccurs="0"/>
+                <xsd:element ref="ns4:PCR_x003f_" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8c4e2855-9588-4bc9-9890-af639bd565eb" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="PolicyPortalIssueNo" ma:index="2" nillable="true" ma:displayName="Issue No." ma:internalName="PolicyPortalIssueNo" ma:percentage="FALSE">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDocRef" ma:index="3" nillable="true" ma:displayName="Doc. Ref." ma:internalName="PolicyPortalDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDocType" ma:index="4" nillable="true" ma:displayName="Doc. Type" ma:format="Dropdown" ma:internalName="PolicyPortalDocType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Framework/Strategy"/>
+          <xsd:enumeration value="Guidance (Gen.)"/>
+          <xsd:enumeration value="Handbook"/>
+          <xsd:enumeration value="HSW Standard"/>
+          <xsd:enumeration value="Instruction"/>
+          <xsd:enumeration value="Manual"/>
+          <xsd:enumeration value="MoU"/>
+          <xsd:enumeration value="Policy"/>
+          <xsd:enumeration value="Procedure"/>
+          <xsd:enumeration value="Protocol"/>
+          <xsd:enumeration value="R2A2"/>
+          <xsd:enumeration value="Strategy"/>
+          <xsd:enumeration value="TAG"/>
+          <xsd:enumeration value="Template"/>
+          <xsd:enumeration value="TIG"/>
+          <xsd:enumeration value="TOR"/>
+          <xsd:enumeration value="N/A"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalDirectorate" ma:index="5" nillable="true" ma:displayName="Directorate" ma:format="Dropdown" ma:internalName="PolicyPortalDirectorate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Corporate Security and Resilience Office"/>
+          <xsd:enumeration value="Finance"/>
+          <xsd:enumeration value="Governance and Private Office"/>
+          <xsd:enumeration value="HR"/>
+          <xsd:enumeration value="IT"/>
+          <xsd:enumeration value="New Reactors"/>
+          <xsd:enumeration value="Operating Facilities"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs"/>
+          <xsd:enumeration value="Technical"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessSpecialismFunctionTopic" ma:index="6" nillable="true" ma:displayName="Process / Specialism / Function / Topic" ma:format="Dropdown" ma:internalName="PolicyPortalProcessSpecialismFunctionTopic">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Academy - Training / L&amp;D"/>
+              <xsd:enumeration value="Accessibility"/>
+              <xsd:enumeration value="Accounting &amp; Budgeting"/>
+              <xsd:enumeration value="ALARP Working Group"/>
+              <xsd:enumeration value="Anti-Bribery and Corruption, and Fraud Prevention Compliance"/>
+              <xsd:enumeration value="Assessment (Nuclear safety)"/>
+              <xsd:enumeration value="Business Impact Target (BIT)"/>
+              <xsd:enumeration value="Business Travel"/>
+              <xsd:enumeration value="Change Management (Org.)"/>
+              <xsd:enumeration value="Chemistry &amp; Chemical Engineering"/>
+              <xsd:enumeration value="Civil Engineering"/>
+              <xsd:enumeration value="Civil Engineering and External Hazards (CEEH)"/>
+              <xsd:enumeration value="Civil Nuclear Security"/>
+              <xsd:enumeration value="Comms"/>
+              <xsd:enumeration value="Conducting Investigations"/>
+              <xsd:enumeration value="Compliance"/>
+              <xsd:enumeration value="Contractor Management"/>
+              <xsd:enumeration value="Cyber Security and Information Assurance"/>
+              <xsd:enumeration value="Data Protection"/>
+              <xsd:enumeration value="Defence - Propulsion"/>
+              <xsd:enumeration value="Delivery Lead - Technical Division (R&amp;TS)"/>
+              <xsd:enumeration value="Development of Regulations and Guides"/>
+              <xsd:enumeration value="Diversity &amp; Inclusion (HR)"/>
+              <xsd:enumeration value="Divisional Delivery Support (DDS)"/>
+              <xsd:enumeration value="EC&amp;I Engineering"/>
+              <xsd:enumeration value="Efficiency Framework"/>
+              <xsd:enumeration value="Emergency P&amp;R"/>
+              <xsd:enumeration value="Emergency Preparedness &amp; Response (EP&amp;R)"/>
+              <xsd:enumeration value="Environment and Sustainability"/>
+              <xsd:enumeration value="Estates"/>
+              <xsd:enumeration value="Expenses"/>
+              <xsd:enumeration value="Export Control"/>
+              <xsd:enumeration value="Fault Analysis"/>
+              <xsd:enumeration value="Freedom of Information (FOI) &amp; Gen. Enquiries"/>
+              <xsd:enumeration value="GDA"/>
+              <xsd:enumeration value="Gifts and Hospitality"/>
+              <xsd:enumeration value="Governance"/>
+              <xsd:enumeration value="Health, Safety and Wellbeing (HSW)"/>
+              <xsd:enumeration value="Human &amp; Organisational Capability"/>
+              <xsd:enumeration value="Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Information Management"/>
+              <xsd:enumeration value="Information Security"/>
+              <xsd:enumeration value="International Cooperation"/>
+              <xsd:enumeration value="Invoice Management"/>
+              <xsd:enumeration value="IT"/>
+              <xsd:enumeration value="Land Use Planning"/>
+              <xsd:enumeration value="Leadership and Management for Safety and Security"/>
+              <xsd:enumeration value="Learning &amp; Development"/>
+              <xsd:enumeration value="Legal Support"/>
+              <xsd:enumeration value="Management System"/>
+              <xsd:enumeration value="Mechanical Engineering"/>
+              <xsd:enumeration value="New build/construction"/>
+              <xsd:enumeration value="NHSS"/>
+              <xsd:enumeration value="Notification &amp; Authorisation"/>
+              <xsd:enumeration value="Nuclear Liabilities Regulation"/>
+              <xsd:enumeration value="Operating Reactors"/>
+              <xsd:enumeration value="Operational Inspection"/>
+              <xsd:enumeration value="Organisational Learning"/>
+              <xsd:enumeration value="People Services"/>
+              <xsd:enumeration value="Performance Management (HR)"/>
+              <xsd:enumeration value="Permissioning"/>
+              <xsd:enumeration value="PMO"/>
+              <xsd:enumeration value="Policy"/>
+              <xsd:enumeration value="Procurement"/>
+              <xsd:enumeration value="Radiological Protection &amp; Criticality"/>
+              <xsd:enumeration value="Regulations &amp; Regulatory Issues"/>
+              <xsd:enumeration value="Regulatory Assurance"/>
+              <xsd:enumeration value="Regulatory Oversight"/>
+              <xsd:enumeration value="Research &amp; Development"/>
+              <xsd:enumeration value="Risk Management"/>
+              <xsd:enumeration value="RITE"/>
+              <xsd:enumeration value="Safeguards"/>
+              <xsd:enumeration value="Safety Case Working Group"/>
+              <xsd:enumeration value="Security &amp; Information Regulatory Assurance"/>
+              <xsd:enumeration value="Sellafield"/>
+              <xsd:enumeration value="Shared Services"/>
+              <xsd:enumeration value="Structural Integrity"/>
+              <xsd:enumeration value="Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="Whistleblowing"/>
+              <xsd:enumeration value="WIReD"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessOwnerPostTitle" ma:index="7" nillable="true" ma:displayName="Process Owner (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalProcessOwnerPostTitle">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="CIO"/>
+          <xsd:enumeration value="CISO"/>
+          <xsd:enumeration value="Data Protection Officer (DPO)"/>
+          <xsd:enumeration value="Finance Director"/>
+          <xsd:enumeration value="Head of Governance and Private Office"/>
+          <xsd:enumeration value="HR Director"/>
+          <xsd:enumeration value="New Reactors Director"/>
+          <xsd:enumeration value="Operating Facilities Director"/>
+          <xsd:enumeration value="Sellafield Decommissioning and Waste Director"/>
+          <xsd:enumeration value="Senior Director of Regulation"/>
+          <xsd:enumeration value="Strategy and Corporate Affairs Director"/>
+          <xsd:enumeration value="Technical Director"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalProcessOwnerRoleHolder" ma:index="8" nillable="true" ma:displayName="Process Owner (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalProcessOwnerRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegatePostTitle" ma:index="9" nillable="true" ma:displayName="Responsible Delegate (Post Title)" ma:format="Dropdown" ma:internalName="PolicyPortalResponsibleDelegatePostTitle">
+      <xsd:simpleType>
+        <xsd:union memberTypes="dms:Text">
+          <xsd:simpleType>
+            <xsd:restriction base="dms:Choice">
+              <xsd:enumeration value="Chair of Accessibility Working Group (AWG)"/>
+              <xsd:enumeration value="Corporate Security Manager"/>
+              <xsd:enumeration value="Data Protection Compliance Lead"/>
+              <xsd:enumeration value="Deputy Director of Regulation (TD)"/>
+              <xsd:enumeration value="Executive Office Support"/>
+              <xsd:enumeration value="Export Control Manager"/>
+              <xsd:enumeration value="Governance and Compliance Lead"/>
+              <xsd:enumeration value="Governance Manager"/>
+              <xsd:enumeration value="Head of Academy"/>
+              <xsd:enumeration value="Head of Commercial Management and Procurement"/>
+              <xsd:enumeration value="Head of Communications"/>
+              <xsd:enumeration value="Head of Compliance"/>
+              <xsd:enumeration value="Head of Data and Analytics"/>
+              <xsd:enumeration value="Head of Governance and Compliance"/>
+              <xsd:enumeration value="Head of Private Office"/>
+              <xsd:enumeration value="Head of Estates and Shared Services"/>
+              <xsd:enumeration value="Head of Finance and Commercial"/>
+              <xsd:enumeration value="Head of Incident Management and Business Continuity"/>
+              <xsd:enumeration value="Head of International Strategy and Public Correspondence"/>
+              <xsd:enumeration value="Head of IT"/>
+              <xsd:enumeration value="Head of Legal Liaison"/>
+              <xsd:enumeration value="Head of Organisational Development (HR)"/>
+              <xsd:enumeration value="Head of Organisational Learning"/>
+              <xsd:enumeration value="Head of People Services"/>
+              <xsd:enumeration value="Head of PMO"/>
+              <xsd:enumeration value="Head of Policy"/>
+              <xsd:enumeration value="Head of Regulatory Policy and Standards"/>
+              <xsd:enumeration value="Head of Risk and Assurance"/>
+              <xsd:enumeration value="HoR - Advanced Nuclear Technologies (ANTs) and Holtec SMR-300 GDA"/>
+              <xsd:enumeration value="HoR - Emergency Preparedness and Response"/>
+              <xsd:enumeration value="HoR - Rolls-Royce SMR (GDA)"/>
+              <xsd:enumeration value="HoR - Transport Competent Authority (TCA)"/>
+              <xsd:enumeration value="HoR - Sellafield Compliance Intelligence and Enforcement"/>
+              <xsd:enumeration value="HoR - Sellafield Project Delivery"/>
+              <xsd:enumeration value="HoR - Sellafield Decommissioning"/>
+              <xsd:enumeration value="HoP - Civil Engineering and External Hazards"/>
+              <xsd:enumeration value="HoP - Cyber Security &amp; Information Assurance"/>
+              <xsd:enumeration value="HoP - DDS"/>
+              <xsd:enumeration value="HoP - Electrical, Control and Instrumentation Engineering"/>
+              <xsd:enumeration value="HoP - Fault Analysis"/>
+              <xsd:enumeration value="HoP - Human and Organisational Capability"/>
+              <xsd:enumeration value="HoP - Mechanical Engineering and Structural Integrity"/>
+              <xsd:enumeration value="HoP - Nuclear Internal Hazards and Site Safety"/>
+              <xsd:enumeration value="HoP - Nuclear Liabilities, Chemistry and Chemical Engineering"/>
+              <xsd:enumeration value="HoP - Operational Inspection"/>
+              <xsd:enumeration value="HoP - Protective Security"/>
+              <xsd:enumeration value="HoP - Radiological Protection and Criticality"/>
+              <xsd:enumeration value="HoP - Regulatory Programme and Business Management"/>
+              <xsd:enumeration value="HoP - Safeguards"/>
+              <xsd:enumeration value="HSW Manager"/>
+              <xsd:enumeration value="Information Management Manager"/>
+              <xsd:enumeration value="WIReD Product Owner"/>
+            </xsd:restriction>
+          </xsd:simpleType>
+        </xsd:union>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalResponsibleDelegateRoleHolder" ma:index="10" nillable="true" ma:displayName="Responsible Delegate (Role Holder)" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="PolicyPortalResponsibleDelegateRoleHolder" ma:showField="ImnName">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:User">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueDate" ma:index="11" nillable="true" ma:displayName="Issue Date" ma:format="DateOnly" ma:internalName="PolicyPortalIssueDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalReviewDate" ma:index="12" nillable="true" ma:displayName="Review Date" ma:format="DateOnly" ma:internalName="PolicyPortalReviewDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalIssueHistoryComments" ma:index="15" nillable="true" ma:displayName="Issue History/Comments" ma:internalName="PolicyPortalIssueHistoryComments">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalFirstPublicationDate" ma:index="16" nillable="true" ma:displayName="First Publication Date" ma:format="DateOnly" ma:internalName="PolicyPortalFirstPublicationDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldDocRef" ma:index="17" nillable="true" ma:displayName="Old Doc. Ref." ma:internalName="PolicyPortalOldDocRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalOldRecordRef" ma:index="18" nillable="true" ma:displayName="Old Record Ref." ma:internalName="PolicyPortalOldRecordRef">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PolicyPortalPublishStatus" ma:index="25" nillable="true" ma:displayName="Publish Status" ma:format="Dropdown" ma:internalName="PolicyPortalPublishStatus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Live"/>
+          <xsd:enumeration value="Unpublished"/>
+          <xsd:enumeration value="Withdrawn"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="05350e14-297a-489c-ad04-faf6563b232c" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="26" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="27" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="28" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="30" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="31" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{85a4ca9d-4aea-456d-868e-8e20a97dbaed}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="05350e14-297a-489c-ad04-faf6563b232c">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fbd4c4c3-96d4-4265-b68e-6a383a5dca66" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="dd2817321d504f1caee75a1112d299d4" ma:index="33" nillable="true" ma:taxonomy="true" ma:internalName="dd2817321d504f1caee75a1112d299d4" ma:taxonomyFieldName="Topic" ma:displayName="Topic" ma:default="" ma:fieldId="{dd281732-1d50-4f1c-aee7-5a1112d299d4}" ma:taxonomyMulti="true" ma:sspId="66693000-3e12-4b44-a742-9a2ba35b7d28" ma:termSetId="7b4e1cbc-bd02-4183-9474-8a15f7a1216f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="PCR_x003f_" ma:index="34" nillable="true" ma:displayName="PCR?" ma:default="0" ma:description="Document forms part of the Policy Compliance Report for ARAC." ma:format="Dropdown" ma:internalName="PCR_x003f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="23" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA95E3E9-F8D3-4B96-BCFB-5A94B871EA17}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB0E1096-1BF4-4081-B659-F2E0E19C2684}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BFA00DE-A2C3-42D1-B13F-75EEEDEE6783}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="729a6f9d-3f32-42ac-acf1-d5ecfa3937de"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98FC0073-3522-4172-80E6-07CBD5E70FBE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCE39623-36D2-4906-AF91-E878C8B11425}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC3DB9F0-A688-41B5-8F38-8FB5B12A101F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="729a6f9d-3f32-42ac-acf1-d5ecfa3937de"/>
-    <ds:schemaRef ds:uri="e2190a4c-5968-43e2-9dfb-2c8e4f0dcc61"/>
+    <ds:schemaRef ds:uri="8c4e2855-9588-4bc9-9890-af639bd565eb"/>
+    <ds:schemaRef ds:uri="05350e14-297a-489c-ad04-faf6563b232c"/>
+    <ds:schemaRef ds:uri="fbd4c4c3-96d4-4265-b68e-6a383a5dca66"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FCE39623-36D2-4906-AF91-E878C8B11425}">
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B84803DB-381F-4052-9DF6-2DCE4439E26E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA95E3E9-F8D3-4B96-BCFB-5A94B871EA17}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ONR-DOC-TEMP-305 - ONR Word Template - Generic</Template>
   <TotalTime></TotalTime>
-  <Pages>25</Pages>
-[...1 lines deleted...]
-  <Characters>33598</Characters>
+  <Pages>26</Pages>
+  <Words>6117</Words>
+  <Characters>34867</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>279</Lines>
-  <Paragraphs>78</Paragraphs>
+  <Lines>290</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager>Office for Nuclear Regulation</Manager>
   <Company>Office for Nuclear Regulation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39414</CharactersWithSpaces>
+  <CharactersWithSpaces>40903</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="126" baseType="variant">
+      <vt:variant>
+        <vt:i4>2687078</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>114</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/notify-onr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7667805</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>111</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:onr.incidents@onr.gov.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7667805</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>108</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:onr.incidents@onr.gov.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687078</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>105</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/notify-onr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7667805</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>99</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:onr.incidents@onr.gov.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687078</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>96</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/notify-onr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6684771</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>93</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.hse.gov.uk/riddor/when-do-i-report.htm</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>:~:text=NB%3A%20A%20report%20must%20be,using%20the%20appropriate%20online%20form.</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505081</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>84</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:ONR.incidents@ONR.gov.uk?subject=INF1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505081</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>81</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:ONR.incidents@ONR.gov.uk?subject=INF1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8060979</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>78</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://onr.powerappsportals.com./</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687078</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>75</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/notify-onr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505053</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>72</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://onr.powerappsportals.com/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687078</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>69</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/notify-onr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505081</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>66</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:ONR.incidents@ONR.gov.uk?subject=INF1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>131149</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>63</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://onr.powerappsportals.com/riddor/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505053</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>60</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://onr.powerappsportals.com/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505081</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>57</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:ONR.incidents@ONR.gov.uk?subject=INF1</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5505053</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>54</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://onr.powerappsportals.com/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3735595</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>51</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687078</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>48</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/notify-onr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687078</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.onr.org.uk/about-us/contact-us/notify-onr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Process for notifying incidents to ONR</dc:title>
   <dc:subject>[Subtitle or description]</dc:subject>
   <dc:creator>Ali Tehrani</dc:creator>
   <cp:keywords>[Key words separated by commas]</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:contentStatus>2.2</cp:contentStatus>
+  <cp:contentStatus>2.3</cp:contentStatus>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SetDate">
     <vt:lpwstr>2022-06-21T13:59:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_SiteId">
     <vt:lpwstr>742775df-8077-48d6-81d0-1e82a1f52cb8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ActionId">
     <vt:lpwstr>5adb9ef9-042f-4a28-9683-0abde8a796b5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9e5e003a-90eb-47c9-a506-ad47e7a0b281_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
-    <vt:lpwstr>0x010100D4DFBED514CE1545AFF76711782B71B8</vt:lpwstr>
+    <vt:lpwstr>0x0101000C70A82DFAAC384DB9F6EBA2C8B87C5700D27B61D2EA57AC4F87A5F2CF441D8227</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>